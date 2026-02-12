--- v0 (2025-10-09)
+++ v1 (2026-02-12)
@@ -1,27 +1,11079 @@
+
+<file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
+<Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+</Types>
+</file>
+
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+</file>
+
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:body>
+    <w:p w14:paraId="40D6C47F" w14:textId="77777777" w:rsidR="003038E1" w:rsidRDefault="003038E1" w:rsidP="003038E1">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Franklin Gothic Book" w:hAnsi="Franklin Gothic Book"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A3D0964" w14:textId="77777777" w:rsidR="003038E1" w:rsidRPr="006350E3" w:rsidRDefault="008A328A" w:rsidP="003038E1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:pict w14:anchorId="4F6FF32E">
+          <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:stroke joinstyle="miter"/>
+            <v:path gradientshapeok="t" o:connecttype="rect"/>
+          </v:shapetype>
+          <v:shape id="Text Box 4" o:spid="_x0000_s2056" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:3.05pt;margin-top:42.8pt;width:495pt;height:55.2pt;z-index:251666432;visibility:visible;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQDkmcPA+wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJQ5dIISSdEHaJSBUDjCyJ4nVZGx53NDeHictG4SKWNrj9//TuFwfx0FMGNg6quR9XkiB&#10;pJ2x1FXyY7fNHqXgCGRgcISVPCHLdX17U+5OHlkkmriSfYz+SSnWPY7AufNIadK6MEJMx9ApD3oP&#10;HapVUTwo7SgixSzOGbIuG2zhMESxOabrs0nCpXg+v5urKgneD1ZDTKJqnqpfuYADXwEnMj/ssotZ&#10;nsglnHvr+e7S8JpWE6xB8QYhvsCYPJQJrHDlGqfz65Zz2ciZa1urMW8Cbxbqr2zjPing9N/wJmHv&#10;OH2nq+WD6i8AAAD//wMAUEsDBBQABgAIAAAAIQAjsmrh1wAAAJQBAAALAAAAX3JlbHMvLnJlbHOk&#10;kMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6Rs&#10;YNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81E&#10;nGxtIwddrLvagHro+2fNvxkwbpjq5A3wye9AXW6lmf+wU3RMQlPtHCVN0xTdPaoObMsc3ZFtwjdy&#10;jWY5YDXgWTQO1LKu/Qj6vn74p97TRz7jutV+h4zrj1dvuhy/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;lFVuU8UCAAC0BQAADgAAAGRycy9lMm9Eb2MueG1srFTfT9swEH6ftP/B8ntJUtJCK1KUFXWaxAAJ&#10;Jp5dx2kjObZnu23YtP99n50WCtsDmtYH1/cj57vvvruLy66VZCusa7QqaHaSUiIU11WjVgX99rAY&#10;nFPiPFMVk1qJgj4JRy9nHz9c7MxUDPVay0pYgiDKTXemoGvvzTRJHF+LlrkTbYSCsda2ZR6iXSWV&#10;ZTtEb2UyTNNxstO2MlZz4Ry0V72RzmL8uhbc39a1E57IgiI3H08bz2U4k9kFm64sM+uG79Ng/5BF&#10;yxqFR59DXTHPyMY2f4RqG26107U/4bpNdF03XMQaUE2Wvqnmfs2MiLUAHGeeYXL/Lyy/2d5Z0lQF&#10;zSlRrEWLHkTnySfdkTygszNuCqd7AzffQY0uH/QOylB0V9s2/KMcAjtwfnrGNgTjUI6H5+NRChOH&#10;LctPRxkExE9ePjfW+c9CtyRcCmrRvIgp214737seXMJrTsumWjRSRuHJzaUlW4Y+gx6V3lEimfNQ&#10;FnQRfzGW3LRfddX7TZDPIQcXv4/pvIorFdkh3+EZPN/xaMDu6GHEP3riJV8ULVUIJyJF+/IgdR7X&#10;qAdqkT4/56OzYXk2mgzG5Sgb5Fl6PijLdDi4WpRpmeaL+ST/9AuptSzLpzsQ2WAMQhpo1UKy1Z40&#10;wfw+1rSMv5qxLEsiu/sGIHAE6ZBqEvjR8yDcfLfsIptODxxZ6uoJ1LG6Hz1n+KJBe6/RmztmMWug&#10;BPaHv8VRSw2w9f5GyVrbH3/TB38UAysloeSCuu8bZgWQ/6IwHJMsz8OwRyEHgBDssWV5bFGbdq5B&#10;mwybyvB4Df5eHq611e0j1kwZXoWJKY63C4pO99e57zcK1hQXZRmdMN6G+Wt1b3gIHZoayPvQPTJr&#10;9gz3QPFGH6acTd8QvfcNXypdbryumzgFAeceVXQiCFgNsSf7NRZ2z7EcvV6W7ew3AAAA//8DAFBL&#10;AwQUAAYACAAAACEA7z2q+OIAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;XBC1gVCFEKdCRUVCQpXa0gM3J17iCHsdYrcNf49zguPMjmbflIvRWXbEIXSeJNzMBDCkxuuOWgnv&#10;u9V1DixERVpZTyjhBwMsqvOzUhXan2iDx21sWSqhUCgJJsa+4Dw0Bp0KM98jpdunH5yKSQ4t14M6&#10;pXJn+a0Qc+5UR+mDUT0uDTZf24OTkL+Z76uX/WpXr/f36+eNfbXN8kPKy4vx6RFYxDH+hWHCT+hQ&#10;JabaH0gHZpMWedoSJWQiz4BNCfEwWbWE+V2WAa9K/n9E9QsAAP//AwBQSwECLQAUAAYACAAAACEA&#10;5JnDwPsAAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQAjsmrh1wAAAJQBAAALAAAAAAAAAAAAAAAAACwBAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCUVW5TxQIAALQFAAAOAAAAAAAAAAAAAAAAACwCAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQDvPar44gAAAAwBAAAPAAAAAAAAAAAAAAAAAB0FAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAALAYAAAAA&#10;" fillcolor="#f2f2f2" strokeweight="1pt">
+            <v:textbox style="mso-next-textbox:#Text Box 4">
+              <w:txbxContent>
+                <w:p w14:paraId="1ACD1DD4" w14:textId="77777777" w:rsidR="0000302C" w:rsidRDefault="0000302C" w:rsidP="0000302C">
+                  <w:pPr>
+                    <w:ind w:left="142"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0000302C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">This form is for churches requesting a loan in connection with purchase of a Manse. </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="49FE023E" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="0000302C">
+                  <w:pPr>
+                    <w:ind w:left="142"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0000302C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">If you are seeking a loan towards any other project please use form </w:t>
+                  </w:r>
+                  <w:r w:rsidR="00AE4844">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t>M0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0000302C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                      <w:b/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">2 </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="30A8CF27" w14:textId="77777777" w:rsidR="0000302C" w:rsidRDefault="0000302C" w:rsidP="0000302C">
+                  <w:pPr>
+                    <w:ind w:left="142"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="0000302C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>Pl</w:t>
+                  </w:r>
+                  <w:r w:rsidR="00AE4844">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t>ease read the Guidance Notes (M0</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="0000302C">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">5) carefully as you complete the form. </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w14:paraId="571FE1B6" w14:textId="77777777" w:rsidR="0000302C" w:rsidRDefault="0000302C" w:rsidP="007E5832">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w14:paraId="7D22D516" w14:textId="77777777" w:rsidR="003038E1" w:rsidRDefault="003038E1" w:rsidP="003038E1">
+                  <w:pPr>
+                    <w:ind w:left="142"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:txbxContent>
+            </v:textbox>
+            <w10:wrap type="square"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="003038E1" w:rsidRPr="00424785">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>Guide</w:t>
+      </w:r>
+      <w:r w:rsidR="003038E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="003038E1" w:rsidRPr="00424785">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ine Leaflet </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4844">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>M0</w:t>
+      </w:r>
+      <w:r w:rsidR="00326952">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="003038E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>: L</w:t>
+      </w:r>
+      <w:r w:rsidR="00A85AC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t>oan Fund Application Form</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC207A">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="629DFF38" w14:textId="77777777" w:rsidR="003038E1" w:rsidRPr="006350E3" w:rsidRDefault="003038E1" w:rsidP="003038E1">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6254E288" w14:textId="77777777" w:rsidR="00C55F5D" w:rsidRDefault="00C55F5D" w:rsidP="00C55F5D">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This Guideline Leaflet is regularly reviewed and updated.  To ensure that you are using the most up to date version, please download the leaflet from the BUGB website at </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>www.baptist.org.uk/resources</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="6D83576A" w14:textId="77777777" w:rsidR="00C55F5D" w:rsidRDefault="00C55F5D" w:rsidP="00C55F5D">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62BD7FCE" w14:textId="77777777" w:rsidR="00C55F5D" w:rsidRDefault="00C55F5D" w:rsidP="00C55F5D">
+      <w:pPr>
+        <w:pStyle w:val="xmsonormal"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>The date on which the leaflet was last updated can be found on the download page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ADCFD3F" w14:textId="77777777" w:rsidR="00C55F5D" w:rsidRDefault="00C55F5D" w:rsidP="00C55F5D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEC1395" w14:textId="77777777" w:rsidR="0085339F" w:rsidRPr="00C55F5D" w:rsidRDefault="0085339F" w:rsidP="00C55F5D">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:color w:val="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DB80FB9" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00A176C4" w:rsidRDefault="00EB0B8D" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:i/>
+          <w:noProof/>
+          <w:color w:val="E5B8B7" w:themeColor="accent2" w:themeTint="66"/>
+          <w:sz w:val="96"/>
+          <w:szCs w:val="96"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14D11C2E" wp14:editId="3532DCD7">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>651510</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="margin">
+              <wp:posOffset>2451100</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4838700" cy="4848225"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="12" name="Picture 12" descr="ID-100107726[1]"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 12" descr="ID-100107726[1]"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="4838700" cy="4848225"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="0085339F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="594008D1" w14:textId="77777777" w:rsidR="0000302C" w:rsidRDefault="00E7345A" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">M04: </w:t>
+      </w:r>
+      <w:r w:rsidR="00620B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BAPTIST UNION </w:t>
+      </w:r>
+      <w:r w:rsidR="00620B6F" w:rsidRPr="00A176C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">LOAN FUND </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089F2740" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A176C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>APPLICATION</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A176C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FORM </w:t>
+      </w:r>
+      <w:r w:rsidR="0000302C">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Manse Purchases)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CB17640" w14:textId="77777777" w:rsidR="00EE6731" w:rsidRDefault="0000302C" w:rsidP="0000302C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0000302C">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This form is for churches requesting a loan in connection with purchase of a Manse.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000302C">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6731" w:rsidRPr="00EE6731">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Please note that we are unable to make a loan if this is a joint purchase between church and Minister.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EE6731">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F125157" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="0000302C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0000302C">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are seeking a loan towards any other project please use form </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE4844">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>M0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0000302C">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CC73326" w14:textId="77777777" w:rsidR="0000302C" w:rsidRDefault="0000302C" w:rsidP="0000302C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="210209A8" w14:textId="77777777" w:rsidR="009D3471" w:rsidRPr="00103DF4" w:rsidRDefault="009D3471" w:rsidP="0000302C">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3369"/>
+        <w:gridCol w:w="6237"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="2801E87E" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66392521" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="0000302C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name of Church</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39525E8C" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="002D70F5" w:rsidRDefault="0000302C" w:rsidP="0000302C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="5771D23C" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C40F61F" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Church Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="132F06FD" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E2BD7FA" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="430950E9" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="449B2E99" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3369"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="4536"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="77676EDC" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="10578584" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="0000302C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name of Church Contact</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A9DBF1" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="0000302C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="75029BE2" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5614E49B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="0000302C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Role in Church</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9303B8" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="0000302C">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="04DB1413" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="002318A1" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D747EC6" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59306B2A" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="318C0E70" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6512B2E8" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="19664E6B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="273A667E" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5070" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="639DCF07" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="381C2D3D" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Daytime Telephone Number(s)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C005401" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please indicate whether these are home, church, work or mobile numbers. If more than one number given please indicate which one you would prefer us to use.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23A371D9" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5053503F" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="54259383" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="067AAEF1" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2B960BC0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Email address</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="364D8111" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6237" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="565D4B7B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4098DCA9" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9776" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3563"/>
+        <w:gridCol w:w="2548"/>
+        <w:gridCol w:w="801"/>
+        <w:gridCol w:w="2864"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0000302C" w:rsidRPr="0000302C" w14:paraId="57EDB1A9" w14:textId="77777777" w:rsidTr="00DC207A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9776" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="43561197" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Details of Property Purchase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000302C" w:rsidRPr="0000302C" w14:paraId="7F303D0B" w14:textId="77777777" w:rsidTr="00DC207A">
+        <w:trPr>
+          <w:trHeight w:val="964"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3563" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54C57822" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Address of Property (if known)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="369EA517" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000302C" w:rsidRPr="0000302C" w14:paraId="438ADD3F" w14:textId="77777777" w:rsidTr="00DC207A">
+        <w:trPr>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3563" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A2B917" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name and Address of Solicitors dealing with the purchase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A3AF5A" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006470B6" w:rsidRPr="0000302C" w14:paraId="0B11E842" w14:textId="77777777" w:rsidTr="006470B6">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3563" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="415693A7" w14:textId="77777777" w:rsidR="006470B6" w:rsidRPr="0000302C" w:rsidRDefault="006470B6" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Loan Requested</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2548" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="316B385F" w14:textId="77777777" w:rsidR="006470B6" w:rsidRPr="0000302C" w:rsidRDefault="006470B6" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="801" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="795E7205" w14:textId="77777777" w:rsidR="006470B6" w:rsidRPr="0000302C" w:rsidRDefault="006470B6" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Term</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2864" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37491E08" w14:textId="77777777" w:rsidR="006470B6" w:rsidRPr="0000302C" w:rsidRDefault="006470B6" w:rsidP="006470B6">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>years</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000302C" w:rsidRPr="0000302C" w14:paraId="4CDD54F1" w14:textId="77777777" w:rsidTr="00DC207A">
+        <w:trPr>
+          <w:trHeight w:val="397"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4907ED2A" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Have your Church Members approved the proposed purchase?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3665" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50223F25" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000302C" w:rsidRPr="0000302C" w14:paraId="57B0D746" w14:textId="77777777" w:rsidTr="00DC207A">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62108DF8" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Will the property be purchased in the name of one of the Baptist Trust Companies as Property Trustees?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3665" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30235CEE" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000302C" w:rsidRPr="0000302C" w14:paraId="2ABE7B51" w14:textId="77777777" w:rsidTr="00DC207A">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="363F76D7" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If YES to above question – which one?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BBEEADA" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If NO to above question, in whose name will it be registered?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3665" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26447162" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0000302C" w:rsidRPr="0000302C" w14:paraId="32A80A68" w14:textId="77777777" w:rsidTr="00DC207A">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6111" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="688DAD89" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0000302C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>When do you anticipate you will need the loan?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3665" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E475C2E" w14:textId="77777777" w:rsidR="0000302C" w:rsidRPr="0000302C" w:rsidRDefault="0000302C" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="73A40C5F" w14:textId="77777777" w:rsidR="00EE6731" w:rsidRDefault="00EE6731">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9606" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7479"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="426"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="27C5A68D" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="777B9B7C" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>MANSE PURCHASE – SUMMARY FINANCIAL INFORMATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C08D15E" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5954DD96" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="175E6E8E" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="649327A4" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C64B629" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAD3F33" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="216F20A4" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC40E10" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approximate or actual value of property to be purchased  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="285C3270" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7407B61F" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E2AF62" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="724B1A9D" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F43E57B" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fees and </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC207A" w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Expenses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AC7787A" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41659D2A" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F280C" w:rsidRPr="00DC207A" w14:paraId="78131819" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4648E861" w14:textId="77777777" w:rsidR="006F280C" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Cost of any work needed to the property after purchase (if applicable)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7607A814" w14:textId="77777777" w:rsidR="006F280C" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC7F51D" w14:textId="77777777" w:rsidR="006F280C" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="6D87798A" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F906AA0" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If the church are buying the minister’s share in a property currently owned jointly by church and minister:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Value of the share already owned by the church</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32573333" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5653F269" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="73E9E129" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="014E8358" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TOTAL COST to CHURCH [A+B+</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC207A" w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-D</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC207A" w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">] </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C118323" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E0AA17" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="41E728A9" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E6FD38F" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="531403EB" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="776715DE" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0FB083" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FUNDING – INTERNAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F3789D" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="08F39B45" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BEE8FF" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Funds in hand allocated to this purchase</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EFD6882" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9F3651" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="5D2E6D36" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04985161" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Confirmed/promised loans from Church Members/Attenders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6276A943" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D4863ED" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="54311A64" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5920A308" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Promised gifts from Church Members/Attenders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="541B51C2" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="371C4FE0" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="57F0F286" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACE5C3F" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Possible additional loans from Church Members/Attenders</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59B5C8A2" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDED07C" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="32D6EB24" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5194D17A" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other sources of income/donations (please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55350425" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DECDC93" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="0053DCB2" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0781BE" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0942AC" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="374F82A6" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="3A7A2672" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C464998" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1F821727" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TOTAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CBEE73E" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22BA1895" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="584DC48C" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="76C92B10" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B21B95B" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="006470B6">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FUNDING - EXTERNAL </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[These should not exceed </w:t>
+            </w:r>
+            <w:r w:rsidR="006470B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0% of the </w:t>
+            </w:r>
+            <w:r w:rsidR="006F280C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>church’s share of the cost (E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57D0BF02" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="006470B6">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If the loan is required to buy out the minister’s share in a manse where the church already owns the other share then the m</w:t>
+            </w:r>
+            <w:r w:rsidR="006470B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>aximum that can be borrowed is 7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0% of the current valuation (A) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3C9FBE" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="2D1832D9" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E860C83" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Baptist Union Loan Fund</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="179AAF45" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2442ADF4" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="29AF1F33" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14637412" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Association</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="466883B9" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="329217FD" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="7D70B5A9" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E4CBCA5" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other (please specify)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20EDECF8" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A8B691" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="6A0C7DF6" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="362"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F5FE31" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="632589EC" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="322900B2" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="1568B984" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C492346" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CDB3DA0" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TOTAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D7ED15" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="73AEFCD1" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B25D4FD" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="4DE39BE6" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9180" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA1BAFE" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SUMMARY AND RECONCILIATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="708F8B65" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="6577A056" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE0AA49" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total Internal Funding (F</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC207A" w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F1834B" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4446A6BE" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="2C71AA8B" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="394EF0DD" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="006F280C" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total from External Funding (G</w:t>
+            </w:r>
+            <w:r w:rsidR="00DC207A" w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">)   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="247B1E29" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2240D680" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC207A" w:rsidRPr="00DC207A" w14:paraId="74369D6F" w14:textId="77777777" w:rsidTr="00EE6731">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7479" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA85942" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18750CC0" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Grand Total – to </w:t>
+            </w:r>
+            <w:r w:rsidR="006F280C">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>balance with Total Cost above (E</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D76D812" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="334C1ED4" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A478143" w14:textId="77777777" w:rsidR="00DC207A" w:rsidRPr="00DC207A" w:rsidRDefault="00DC207A" w:rsidP="00CF34E4">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6E42B112" w14:textId="77777777" w:rsidR="0000302C" w:rsidRDefault="0000302C" w:rsidP="00620B6F"/>
+    <w:p w14:paraId="0F8FE239" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2676"/>
+        <w:gridCol w:w="1827"/>
+        <w:gridCol w:w="902"/>
+        <w:gridCol w:w="395"/>
+        <w:gridCol w:w="545"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="426"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="850"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00DC207A" w14:paraId="2A198601" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE660BA" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00DC207A" w:rsidRDefault="00620B6F" w:rsidP="002D70F5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="00DC207A">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ABOUT YOUR CHURCH</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="52A06671" w14:textId="77777777" w:rsidTr="006F280C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2676" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3036A450" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date formed</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1827" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B4A63A2" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FDD1E23" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Number of Members</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D9E7DA" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="721E858E" w14:textId="77777777" w:rsidTr="006F280C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E86EB7E" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Average attendance at your most popular service</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1297" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="490536EF" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1396" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="681959E5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1276" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F9A95B0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Under 18s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="586D3F34" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="2E4EC43F" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F6865C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total number of Charity Trustees </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Ministers, Deacons, Elders)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="678D2EF1" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="3A73B0F5" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECB5F8F" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please give the name of your Minister</w:t>
+            </w:r>
+            <w:r w:rsidR="005E49F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B1DAD0A" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C844C66" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00466A84" w:rsidRPr="00620B6F" w14:paraId="7886630C" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E11E053" w14:textId="4617AF3B" w:rsidR="00466A84" w:rsidRPr="00620B6F" w:rsidRDefault="00466A84" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name of Regional Minister</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED7D154" w14:textId="77777777" w:rsidR="00466A84" w:rsidRPr="00620B6F" w:rsidRDefault="00466A84" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="14DF985C" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="150"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035880EC" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If you are currently in Pastoral Vacancy please give the name of your Moderator.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75569002" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="5216482C" w14:textId="77777777" w:rsidTr="006F280C">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E4D02B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Which Baptist Union are </w:t>
+            </w:r>
+            <w:r w:rsidR="005407E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">you </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in membership with?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="902" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4512FE27" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BUGB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="940" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04ACF3AA" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A0C7DE5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BUS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C46C2C9" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AB77F4" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BUW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A25AACD" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="0A20A051" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDBA7B0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Which local Baptist Association are you in membership with?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BCCD65" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="5B7D7ED1" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20B30A63" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If you are a Registered Charity please give your Charity Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FA22BF8" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="103A209D" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7876FAD4" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Has your church become a ‘Charitable Incorporated </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>’ or a ‘Company Limited by Guarantee’?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07818E3B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="0FDFA758" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2101DCD6" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please list your current property assets.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e.g. Chapel and grounds, manse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F81C140" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="12238E73" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="791C7D15" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9747"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D70F5" w:rsidRPr="00620B6F" w14:paraId="405BC8C6" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F78E61" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FURTHER INFORMATION</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="381E13E7" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please include </w:t>
+            </w:r>
+            <w:r w:rsidR="001D59CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the following with your application</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="74EE57A3" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="00527CFB" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CHURCH INFORMATION DOCUMENT</w:t>
+            </w:r>
+            <w:r w:rsidR="002D70F5" w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(MAXIMUM 2</w:t>
+            </w:r>
+            <w:r w:rsidR="002D70F5" w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> SIDE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="002D70F5" w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> OF A4)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76A4F66E" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>This should tell us something of your church and its mission.  We would like to know something about each of the following.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="318EE1A8" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Your history, present situation and future vision for the church. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5173C212" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Your local community and your work and witness within it.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60E916C9" w14:textId="77777777" w:rsidR="001D59CC" w:rsidRPr="00620B6F" w:rsidRDefault="001D59CC" w:rsidP="00D61857">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Why you are needing to purchase a Manse at this time</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="691C0C96" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="001D59CC" w:rsidP="00D61857">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="5"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Summary of the church’s regular activities</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741BC216" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67F1BFE6" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="001D59CC">
+            <w:pPr>
+              <w:ind w:left="1080"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1C323530" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D2F436F" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="293AE0BA" w14:textId="77777777" w:rsidR="001D59CC" w:rsidRDefault="001D59CC">
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4503"/>
+        <w:gridCol w:w="1579"/>
+        <w:gridCol w:w="1580"/>
+        <w:gridCol w:w="2085"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="0E48DFDA" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="52CC0C85" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br w:type="page"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7909390F" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ABOUT YOUR CHURCH FINANCES – SUMMARY INFORMATION</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71DEE01E" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="416AA2D1" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC078E7" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">When is your Financial Year? </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1EEAED11" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>e.g. January to December</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="35957307" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="5AD7AAC0" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32F50C82" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In your last complete financial year, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>how much was given to the church as offerings?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEDB63B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="237501ED" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="31DBB67E" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1EBE76CC" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>How much do you hope to receive this financial year in offerings?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BE02AEE" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="57F52852" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54F4C4EE" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>How much have you received in this financial year as offerings up to the end of the last complete month?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D33D167" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="0B4E9541" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7318ABB3" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In your last complete financial year, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>how much Gift Aid did the church recover?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="147FF109" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="560D7566" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60C08DD1" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="6D09327D" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5DA82A" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please supply the requested information for the last three completed financial years (please give the relevant years in the column headings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="6F5282D1" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14E2E072" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Financial Year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1579" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EC932C7" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1580" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67ADF36D" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17609576" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="2B84A955" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B71798C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Gross Annual Income (General Fund)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1579" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B50BFCE" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1580" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DB3AC5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C6A77D9" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="4260088E" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B60F221" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Net surplus or deficit (General Fund)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1579" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7135A411" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1580" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31E41657" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1639CC51" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="1E91D49B" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79351436" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contribution to Home Mission</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1579" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="045559A7" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1580" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="595CFCDC" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F5D6FAB" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="5ACE0534" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B95FDD9" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Contribution to BMS World Mission</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1579" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="243848DF" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1580" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E506117" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2085" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CA96D2D" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="43A6F149" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2CAA7C06" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2364CDBE" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D35CA83" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="5B053CEA" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7683545C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>If you have an existing loan or mortgage please provide details of amount borrowed, outstanding and payment terms.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27483B45" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="191684A2" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FEB0808" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="469FD1D4" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C419152" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A70F8C9" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="41F8ABDD" w14:textId="77777777" w:rsidTr="00620B6F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4503" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="72FECD9F" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please provide us with any other information about your church finances that you feel may be relevant to your loan application</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34234D31" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4955112A" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F805338" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="590578D0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7BE61120" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00620B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4621"/>
+        <w:gridCol w:w="4621"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="40840008" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="2219"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="442C02A5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="676E3DE5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>SIGNATURES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B495EC0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18C49616" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>We confirm that to the best of our knowledge the information in this application and the accompanying documentation is correct.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48BE9585" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="527AECC0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">This form should be signed by three people who carry leadership responsibility within the church and are </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>recognised</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as being the church’s Charity Trustees.  They are making this loan application on behalf of the church.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50D96EFF" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="21A42211" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9242" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2302131E" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="1AE91200" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30BBBA8C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name and Role within church</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF05491" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="3DBE94B0" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A643CE0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72804406" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="3DE769FF" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="535AFD2D" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NAME</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64AF8DFF" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="1C06F310" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DA26DD" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ROLE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5911D436" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="33F86866" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A75F50" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D006A3D" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="6F210BBA" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC9DA68" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NAME</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69CCC150" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="348F1798" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61CBCD76" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ROLE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62962179" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="7B003AEB" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="227"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7088E6A0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F04821C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="64415364" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E145E7" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>NAME</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27438490" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="108DE66C" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="540"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3928FD51" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ROLE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4621" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="748AEC08" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2ECD65EC" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3369"/>
+        <w:gridCol w:w="5873"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="288152F9" w14:textId="77777777" w:rsidTr="00D61857">
+        <w:trPr>
+          <w:trHeight w:val="493"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="18CBDA6A" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F86D984" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Date of Application:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="535381F5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5873" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45AD6826" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0458D3C8" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EC15168" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00620B6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Please</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ensure that you complete the table on page 6 to indicate which documents you have enclosed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="395CF400" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E096916" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="00473877" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>PLEASE NOTE:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A11369B" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="00473877" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applications should ideally be sent by email t</w:t>
+      </w:r>
+      <w:r w:rsidR="00252F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00252F79" w:rsidRPr="00D925A0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>tchowns@baptist.org.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00252F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or as electronic documents on a CD sent to the address below. Please ensure that all electronic documents are clearly numbered and named. All documents requiring signatures should be printed off, signed and then scanned before sending.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516881F8" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="00473877" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If sending paper copies by post please use the address below and send </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>two copies</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of everything.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="314EE0A2" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A0C8304" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="00473877" w:rsidRDefault="00252F79" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Tim Chowns</w:t>
+      </w:r>
+      <w:r w:rsidR="00463C25" w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>, Loan Fund Officer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D0AF3F8" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="00473877" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Baptist Union Corporation Limited</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783E1774" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="00473877" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Baptist House, PO Box 44</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0116BD59" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="00473877" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>129 Broadway, Didcot OX11 8RT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="606AAAB7" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="00473877" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77240ED6" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>Telephone Number:  01235 5177</w:t>
+      </w:r>
+      <w:r w:rsidR="00252F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Email</w:t>
+      </w:r>
+      <w:r w:rsidR="00252F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00252F79" w:rsidRPr="00D925A0">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
+          </w:rPr>
+          <w:t>tchowns@baptist.org.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00252F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00252F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D5A23AD" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00605ABF" w:rsidP="00605ABF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8160"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4617681B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA557F1" w14:textId="77777777" w:rsidR="00466A84" w:rsidRDefault="00466A84" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2038C065" w14:textId="77777777" w:rsidR="00466A84" w:rsidRDefault="00466A84" w:rsidP="00620B6F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B01BFDC" w14:textId="3D975F4C" w:rsidR="00E43944" w:rsidRDefault="00E43944" w:rsidP="009D3471">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9769" w:type="dxa"/>
+        <w:tblInd w:w="250" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9769"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="3109F5A4" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D2A0B8D" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Please number all the documents you are enclosing and indicate the relevant number in the ‘Doc </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Nos’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> column. Use the ‘Notes’ column to indicate ‘N/A’ or ‘To Follow’ if appropriate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6621711D" w14:textId="77777777" w:rsidR="00025BD6" w:rsidRDefault="00025BD6"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9769" w:type="dxa"/>
+        <w:tblInd w:w="250" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="2794"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="6E8ACA56" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFD4BE4" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DOCUMENT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F5521F3" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Doc Nos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="700442FD" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Notes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="15118889" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D812AC5" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Application Form – fully completed and signed by three Charity Trustees</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F52A634" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60BEDC2D" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="7E415549" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAFAF9B" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>The last three years audited/independently examined church accounts</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D23E4E" w:rsidRPr="00297858">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>If your most recent accounts have yet to be finalised please send us a copy of the draft accounts</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF0C438" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A47C4C" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="3F5376E3" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B71BE04" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Budget and information to date for the current financial year</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="459379E4" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B802E2" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="6A63DFAA" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0004B3B1" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00025BD6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Church </w:t>
+            </w:r>
+            <w:r w:rsidR="00025BD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Information Document</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (see page 3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6E3CE1" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53226AB1" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="07A0A6EA" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14887505" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pledge List (see section 2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in the Guidance Notes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51FE08BF" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A26F9D" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="7434BDBC" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3930206C" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="005E49F3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Copy of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>RICS ‘Homebuyer’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Report</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="065898AB" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE58BE6" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="7240032A" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="265FC491" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="005E49F3">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D1171">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Signed copy of the minutes of the Church Members Meeting when the purchase was agreed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4304BE79" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="280C12F5" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="667A1C5E" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC64B03" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LEPs who have another Denominational Trust Company as their Property Trustees should also include written confirmation that </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03BCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>that the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F03BCF">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> will be willing to consent to the BUC taking a Legal Charge on the property</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E38632A" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5441417C" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="759F38AF" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRDefault="005E49F3" w:rsidP="005E49F3"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9769" w:type="dxa"/>
+        <w:tblInd w:w="250" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5812"/>
+        <w:gridCol w:w="1163"/>
+        <w:gridCol w:w="2794"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="7586BBB7" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9769" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="784E790C" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B20124">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FOR SCOTTISH CHURCHES ONLY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (See section 5 of the Guidance Notes)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="31CA6093" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDC4D25" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Copy of your Church Constitution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A887369" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FC05D5C" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005E49F3" w:rsidRPr="005D1171" w14:paraId="200268D6" w14:textId="77777777" w:rsidTr="00611251">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5812" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE7AC30" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Name and contact details of the solicitor who will act for your church</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1163" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C57D89" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2794" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="506DD147" w14:textId="77777777" w:rsidR="005E49F3" w:rsidRPr="005D1171" w:rsidRDefault="005E49F3" w:rsidP="00611251">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="177C9DA1" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22B7F2B2" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05E65BE7" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71605A19" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="186D5F3B" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36EB0E82" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72987447" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DB1CCF0" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09100ADA" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="477D03BE" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="220572DB" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46140570" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09217747" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63E98D3F" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DC9B68" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57429F60" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31E9015D" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52E61E4E" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61258826" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77E516A2" w14:textId="77777777" w:rsidR="00463C25" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D371463" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="006A14CD" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6515E69D" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="006A14CD" w:rsidRDefault="00463C25" w:rsidP="00463C25">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A14CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Support Services Team, Baptist Union of Great Britain,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A14CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> Baptist House, PO Box 44, 129 Broadway, Didcot OX11 8RT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="143D0E46" w14:textId="77777777" w:rsidR="00463C25" w:rsidRPr="006A14CD" w:rsidRDefault="00463C25" w:rsidP="009D3471">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A14CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tel: 01235 517700   Email: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="00F724DD" w:rsidRPr="006A14CD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>legal.ops@baptist.org.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="006A14CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Website: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="006A14CD">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>www.baptist.org.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="4C66CAF0" w14:textId="427EEA43" w:rsidR="00F1274C" w:rsidRPr="006A14CD" w:rsidRDefault="006A14CD" w:rsidP="009D3471">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A14CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Registered CIO with Charity Number: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A14CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1181392</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EDEAE7" w14:textId="77777777" w:rsidR="006A14CD" w:rsidRPr="006A14CD" w:rsidRDefault="006A14CD" w:rsidP="009D3471">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E842AF0" w14:textId="2F808DCE" w:rsidR="00F1274C" w:rsidRPr="006A14CD" w:rsidRDefault="00F1274C" w:rsidP="009D3471">
+      <w:pPr>
+        <w:ind w:left="-709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A14CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Date of Issue</w:t>
+      </w:r>
+      <w:r w:rsidR="008A328A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Reviewed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A14CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A328A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>February 2025</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F1274C" w:rsidRPr="006A14CD" w:rsidSect="00605ABF">
+      <w:headerReference w:type="even" r:id="rId17"/>
+      <w:headerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="even" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
+      <w:headerReference w:type="first" r:id="rId21"/>
+      <w:footerReference w:type="first" r:id="rId22"/>
+      <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
+      <w:pgNumType w:start="0"/>
+      <w:cols w:space="708"/>
+      <w:titlePg/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
+</file>
+
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3D590599" w14:textId="77777777" w:rsidR="001A0F5D" w:rsidRDefault="001A0F5D" w:rsidP="006D2B2D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6572D672" w14:textId="77777777" w:rsidR="001A0F5D" w:rsidRDefault="001A0F5D" w:rsidP="006D2B2D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Lucida Grande">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Franklin Gothic Book">
+    <w:panose1 w:val="020B0503020102020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7809C745" w14:textId="77777777" w:rsidR="0056759B" w:rsidRDefault="0056759B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="57CC7CFE" w14:textId="77777777" w:rsidR="00CC49DC" w:rsidRDefault="009D3471" w:rsidP="009D3471">
+    <w:pPr>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">     </w:t>
+    </w:r>
+    <w:r w:rsidR="00CC49DC" w:rsidRPr="000E6584">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Page </w:t>
+    </w:r>
+    <w:r w:rsidR="00AC430A" w:rsidRPr="000E6584">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00CC49DC" w:rsidRPr="000E6584">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+    </w:r>
+    <w:r w:rsidR="00AC430A" w:rsidRPr="000E6584">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00F1274C">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:noProof/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+    <w:r w:rsidR="00AC430A" w:rsidRPr="000E6584">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00CC49DC" w:rsidRPr="000E6584">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidR="00FE722C">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1081CCE1" w14:textId="77777777" w:rsidR="0056759B" w:rsidRDefault="0056759B" w:rsidP="0056759B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00460965">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>The BUC is only able to enter into a loan that is a relevant credit agreement (as defined by the Financial</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> Services and Markets Act 2000 (Financial Promotion) Order 200</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00460965">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">5) as lender for the purposes of the business of a church (or, if the church is unincorporated, the business of the church trustees) and not for any other purpose. </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>For more information p</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00460965">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">lease see ‘Important Notes’ on page 5 </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>of leaflet M01</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="5E9D91B4" w14:textId="77777777" w:rsidR="002423FB" w:rsidRPr="002423FB" w:rsidRDefault="002423FB" w:rsidP="002423FB">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Image courtesy of Smarnad/</w:t>
+    </w:r>
+    <w:r w:rsidRPr="002423FB">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:bCs/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>FreeDigitalPhotos.net</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="0CDF1A60" w14:textId="77777777" w:rsidR="001A0F5D" w:rsidRDefault="001A0F5D" w:rsidP="006D2B2D">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="325BC1CE" w14:textId="77777777" w:rsidR="001A0F5D" w:rsidRDefault="001A0F5D" w:rsidP="006D2B2D">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="10927949" w14:textId="77777777" w:rsidR="0056759B" w:rsidRDefault="0056759B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="62B01C0A" w14:textId="77777777" w:rsidR="00BD5D2B" w:rsidRDefault="00BD5D2B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r w:rsidRPr="009D3471">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>Please read the Guidance Notes (</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>M0</w:t>
+    </w:r>
+    <w:r w:rsidRPr="009D3471">
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:b/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t>5) carefully as you complete the form</w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7537B5C9" w14:textId="77777777" w:rsidR="003038E1" w:rsidRDefault="003038E1">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+    <w:r w:rsidRPr="003038E1">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="14F4B411" wp14:editId="0AAC9B43">
+          <wp:extent cx="6116320" cy="1147320"/>
+          <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+          <wp:docPr id="4" name="Picture 1" descr="DownloadBanner"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1" descr="DownloadBanner"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6116320" cy="1147320"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln w="9525">
+                    <a:noFill/>
+                    <a:miter lim="800000"/>
+                    <a:headEnd/>
+                    <a:tailEnd/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="177C22DD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4FE6ABD4"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="429101C2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="45ECF87C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A014FD2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AEE4DE5C"/>
+    <w:lvl w:ilvl="0" w:tplc="08090017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0809000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0809001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="718F54B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BCCEA950"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73721BD2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5DF854CE"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7C593050"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="73B68DE6"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="228462687">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="2094349218">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="686718721">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="570819225">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1473251305">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1572151446">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1104617707">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+</w:numbering>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2058"/>
+  </w:hdrShapeDefaults>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="006D4030"/>
+    <w:rsid w:val="0000302C"/>
+    <w:rsid w:val="00025BD6"/>
+    <w:rsid w:val="00034628"/>
+    <w:rsid w:val="00053BE3"/>
+    <w:rsid w:val="0007445D"/>
+    <w:rsid w:val="000751F2"/>
+    <w:rsid w:val="000B75A3"/>
+    <w:rsid w:val="000D0677"/>
+    <w:rsid w:val="001646B6"/>
+    <w:rsid w:val="00164F6C"/>
+    <w:rsid w:val="00183591"/>
+    <w:rsid w:val="001A0F5D"/>
+    <w:rsid w:val="001B449A"/>
+    <w:rsid w:val="001B677B"/>
+    <w:rsid w:val="001C60F4"/>
+    <w:rsid w:val="001D59CC"/>
+    <w:rsid w:val="00213845"/>
+    <w:rsid w:val="002362D0"/>
+    <w:rsid w:val="002423FB"/>
+    <w:rsid w:val="00252F79"/>
+    <w:rsid w:val="00286E81"/>
+    <w:rsid w:val="002D70F5"/>
+    <w:rsid w:val="002E2E0A"/>
+    <w:rsid w:val="003038E1"/>
+    <w:rsid w:val="00317A5E"/>
+    <w:rsid w:val="00326952"/>
+    <w:rsid w:val="0034086B"/>
+    <w:rsid w:val="00374817"/>
+    <w:rsid w:val="003D1301"/>
+    <w:rsid w:val="003D2D52"/>
+    <w:rsid w:val="003D7DD2"/>
+    <w:rsid w:val="003F4DFF"/>
+    <w:rsid w:val="00463C25"/>
+    <w:rsid w:val="00466A84"/>
+    <w:rsid w:val="004D6AB1"/>
+    <w:rsid w:val="00527CFB"/>
+    <w:rsid w:val="005330FE"/>
+    <w:rsid w:val="005407E6"/>
+    <w:rsid w:val="0056759B"/>
+    <w:rsid w:val="005A1CE8"/>
+    <w:rsid w:val="005E13D3"/>
+    <w:rsid w:val="005E49F3"/>
+    <w:rsid w:val="00605ABF"/>
+    <w:rsid w:val="00607135"/>
+    <w:rsid w:val="00620B6F"/>
+    <w:rsid w:val="006470B6"/>
+    <w:rsid w:val="00656F1D"/>
+    <w:rsid w:val="006A14CD"/>
+    <w:rsid w:val="006D2B2D"/>
+    <w:rsid w:val="006D4030"/>
+    <w:rsid w:val="006F280C"/>
+    <w:rsid w:val="007133AB"/>
+    <w:rsid w:val="007E5832"/>
+    <w:rsid w:val="007F1E66"/>
+    <w:rsid w:val="00822366"/>
+    <w:rsid w:val="00851E41"/>
+    <w:rsid w:val="0085339F"/>
+    <w:rsid w:val="00856948"/>
+    <w:rsid w:val="00883BAC"/>
+    <w:rsid w:val="008A328A"/>
+    <w:rsid w:val="008C2519"/>
+    <w:rsid w:val="008F5108"/>
+    <w:rsid w:val="0092532B"/>
+    <w:rsid w:val="009371BD"/>
+    <w:rsid w:val="00993FBB"/>
+    <w:rsid w:val="009D3471"/>
+    <w:rsid w:val="00A14BDB"/>
+    <w:rsid w:val="00A85AC0"/>
+    <w:rsid w:val="00A94A57"/>
+    <w:rsid w:val="00AB75D1"/>
+    <w:rsid w:val="00AC430A"/>
+    <w:rsid w:val="00AE4844"/>
+    <w:rsid w:val="00B046E2"/>
+    <w:rsid w:val="00B151B2"/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:rsid w:val="00BD5D2B"/>
+    <w:rsid w:val="00C078E0"/>
+    <w:rsid w:val="00C35262"/>
+    <w:rsid w:val="00C55F5D"/>
+    <w:rsid w:val="00C930B6"/>
+    <w:rsid w:val="00CA38F8"/>
+    <w:rsid w:val="00CB5FDD"/>
+    <w:rsid w:val="00CC40BE"/>
+    <w:rsid w:val="00CC49DC"/>
+    <w:rsid w:val="00CC76E7"/>
+    <w:rsid w:val="00D23E4E"/>
+    <w:rsid w:val="00D55B0D"/>
+    <w:rsid w:val="00D65C22"/>
+    <w:rsid w:val="00DC207A"/>
+    <w:rsid w:val="00DD3C28"/>
+    <w:rsid w:val="00E43944"/>
+    <w:rsid w:val="00E45477"/>
+    <w:rsid w:val="00E7345A"/>
+    <w:rsid w:val="00EB0B8D"/>
+    <w:rsid w:val="00EE6731"/>
+    <w:rsid w:val="00F1274C"/>
+    <w:rsid w:val="00F32CCC"/>
+    <w:rsid w:val="00F60A88"/>
+    <w:rsid w:val="00F724DD"/>
+    <w:rsid w:val="00F90AE4"/>
+    <w:rsid w:val="00FE329F"/>
+    <w:rsid w:val="00FE4699"/>
+    <w:rsid w:val="00FE722C"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2058"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="4A28B352"/>
+  <w15:docId w15:val="{C63B429E-A005-4CD6-89C2-33DF27B1B657}"/>
+</w:settings>
+</file>
+
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CB5FDD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="-31680"/>
+        <w:tab w:val="left" w:pos="0"/>
+        <w:tab w:val="left" w:pos="1440"/>
+      </w:tabs>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D4030"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="006D4030"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Lucida Grande" w:hAnsi="Lucida Grande"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0085339F"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D2B2D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D2B2D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="006D2B2D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4320"/>
+        <w:tab w:val="right" w:pos="8640"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006D2B2D"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:pPr>
+      <w:spacing w:line="213" w:lineRule="auto"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+    <w:name w:val="Body Text Indent 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextIndent3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextIndent3Char">
+    <w:name w:val="Body Text Indent 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyTextIndent3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00B63FB0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BD5D2B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xmsonormal">
+    <w:name w:val="x_msonormal"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00C55F5D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F724DD"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="462962163">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1404063976">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tchowns@baptist.org.uk" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/resources" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:legal.ops@baptist.org.uk" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tchowns@baptist.org.uk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+  <a:themeElements>
+    <a:clrScheme name="Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="100000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
+  <a:extraClrSchemeLst/>
+</a:theme>
+</file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DB3B2DA6309B1F4484E03F6F759F1297" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cca61806c964319f205b71ea42a50be">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4181fa7f0d09f1e9cdef00b97d5e18f7" ns2:_="" ns3:_="">
+    <xsd:import namespace="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda"/>
+    <xsd:import namespace="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="10" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoTags" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoTags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="12" nillable="true" ma:displayName="MediaServiceLocation" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="MediaServiceOCR" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="18" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceKeyPoints" ma:index="19" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="Length (seconds)" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b782bff6-c124-446e-8a54-398a55c4b0f9" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bd2f9774-fea6-4991-a844-4915b7a2177b" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="23" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{96e23e51-8d9c-42d6-9923-2f9a2de43f7f}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bd2f9774-fea6-4991-a844-4915b7a2177b">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ACD197DA-17EB-405B-876B-1943513BCA1E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{429F437F-6B39-440D-A352-2DEA9B5FAE6F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4B9AD5FE-DC2D-4F73-8205-0E6F3D8C27AC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{561FDB0B-52C5-4BA7-B0ED-49DAE6E21204}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>7</Pages>
+  <Words>1228</Words>
+  <Characters>6522</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>434</Lines>
+  <Paragraphs>161</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Baptist union of Great Britain</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>7589</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
+</file>
+
+<file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Mary Parker</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
+</file>
+
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DB3B2DA6309B1F4484E03F6F759F1297</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>