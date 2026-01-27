--- v0 (2025-10-09)
+++ v1 (2026-01-27)
@@ -95,51 +95,51 @@
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6286500" cy="834390"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:sysClr val="window" lastClr="FFFFFF">
                             <a:lumMod val="95000"/>
                           </a:sysClr>
                         </a:solidFill>
                         <a:ln w="12700">
                           <a:solidFill>
                             <a:sysClr val="windowText" lastClr="000000"/>
                           </a:solidFill>
                         </a:ln>
                         <a:effectLst/>
                         <a:extLst>
                           <a:ext uri="{C572A759-6A51-4108-AA02-DFA0A04FC94B}">
-                            <ma14:wrappingTextBoxFlag xmlns="" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office"/>
+                            <ma14:wrappingTextBoxFlag xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:ma14="http://schemas.microsoft.com/office/mac/drawingml/2011/main" xmlns=""/>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="09D0A060" w14:textId="77777777" w:rsidR="000B6446" w:rsidRDefault="000B6446" w:rsidP="000B6446">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Tahoma"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="000B6446">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Tahoma"/>
                               </w:rPr>
                               <w:t xml:space="preserve">This </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cs="Tahoma"/>
                               </w:rPr>
                               <w:t xml:space="preserve">application </w:t>
                             </w:r>
                             <w:r w:rsidRPr="000B6446">
                               <w:rPr>
@@ -653,65 +653,75 @@
         </w:rPr>
         <w:t xml:space="preserve">If you are </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>seeking</w:t>
       </w:r>
       <w:r w:rsidRPr="00F61896">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> a loan to help finance a </w:t>
       </w:r>
       <w:r w:rsidRPr="00232AFF">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Manse </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00232AFF">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">urchase </w:t>
+        <w:t>urchase</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00232AFF">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F61896">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>please use</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00F61896">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Loan Fund Application Form </w:t>
       </w:r>
       <w:r w:rsidR="007E64C2">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -1159,51 +1169,87 @@
             <w:r w:rsidRPr="002D70F5">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Daytime Telephone Number(s)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B124564" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D70F5">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Please indicate whether these are home, church, work or mobile numbers. If more than one number given please indicate which one you would prefer us to use.</w:t>
+              <w:t xml:space="preserve">Please indicate whether these are home, church, work or mobile numbers. If </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>more</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> than one number </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>given</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002D70F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please indicate which one you would prefer us to use.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="46FCCF31" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BA557AD" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="002D70F5" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1373,101 +1419,82 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>OVER 10 YEARS</w:t>
             </w:r>
             <w:r w:rsidR="00AA7CBC">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / 15 YEARS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D70F5" w:rsidRPr="002D70F5" w14:paraId="7030A840" w14:textId="77777777" w:rsidTr="00D61857">
         <w:trPr>
           <w:trHeight w:val="737"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="7A01EFCE" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+          <w:p w14:paraId="7A01EFCE" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00AA4002" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="37599AE3" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+          <w:p w14:paraId="37599AE3" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00AA4002" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D70F5">
-[...28 lines deleted...]
-          <w:p w14:paraId="0397C36C" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
+            <w:r w:rsidRPr="00AA4002">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PROJECT (Please briefly describe below what you want to do with the loan)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0397C36C" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00AA4002" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D70F5" w:rsidRPr="002D70F5" w14:paraId="1977837E" w14:textId="77777777" w:rsidTr="00D61857">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p w14:paraId="15B38AED" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1556,98 +1583,282 @@
           <w:p w14:paraId="69981BDA" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B716D37" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="18FC2835" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00620B6F"/>
     <w:p w14:paraId="1C9F2BE8" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00620B6F"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9622"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AA4002" w:rsidRPr="002D70F5" w14:paraId="66CFB73E" w14:textId="77777777" w:rsidTr="00940FAD">
+        <w:trPr>
+          <w:trHeight w:val="737"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDC2819" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74FAF9CE" w14:textId="1E2D1DD0" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Please describe how the church will fund the loan repayments.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B4E52EA" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA4002" w:rsidRPr="002D70F5" w14:paraId="05448766" w14:textId="77777777" w:rsidTr="00940FAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9776" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B5B65D" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B21FCC1" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41EA5254" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55652EAA" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25BC1AE8" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C610661" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="713E97BE" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0950526E" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="697709EB" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16C472E9" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="097915C3" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="002D70F5" w:rsidRDefault="00AA4002" w:rsidP="00940FAD">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="21643508" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRDefault="002D70F5" w:rsidP="00620B6F"/>
     <w:p w14:paraId="1C532DE7" w14:textId="77777777" w:rsidR="008F10EB" w:rsidRDefault="008F10EB" w:rsidP="00620B6F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7474"/>
         <w:gridCol w:w="1729"/>
         <w:gridCol w:w="424"/>
       </w:tblGrid>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="42F914CF" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3E14C106" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>PROJECT – SUMMARY FINANCIAL INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D3DCF4F" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>£</w:t>
@@ -1899,69 +2110,69 @@
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11C46911" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="24DC5914" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9203" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="00717913" w14:textId="260A255F" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="00717913" w14:textId="2B8F2691" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00AA4002" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00620B6F">
-[...6 lines deleted...]
-              <w:t>FUNDING – CHURCH MONEY</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HOW WILL THE CHURCH FUND THE PURCHASE / PROJECT?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1C3E80B5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -2077,1144 +2288,896 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5843F5DB" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="264D4CD1" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="32547D4E" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="065FF615" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="7E88C5F7" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Confirmed/promised loans from Church Members/Attenders</w:t>
+              <w:t>Promised gifts from Church Members/Attenders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A70486A" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="601F7EFA" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3096DA9C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="33572C8A" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="32547D4E" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="3E225C25" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E88C5F7" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="6E57E4A3" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Promised gifts from Church Members/Attenders</w:t>
+              <w:t>Confirmed Grant Funding</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="601F7EFA" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="3CEB301C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="33572C8A" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="25A1756B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="3E225C25" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="74D0F816" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E57E4A3" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="4735BBDA" w14:textId="3AB431E3" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="008A4BC1" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Confirmed Grant Funding</w:t>
+              <w:t>Other sources of income/donations (please specify)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CEB301C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="73746DD0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="25A1756B" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="54A5B9AD" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="74D0F816" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="009A0B76" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4735BBDA" w14:textId="3AB431E3" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="008A4BC1" w:rsidP="00D61857">
+          <w:p w14:paraId="0FCA66D2" w14:textId="6F049ECC" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00620B6F">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73746DD0" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="62D73F75" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54A5B9AD" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
+          <w:p w14:paraId="76AA5C0B" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="009A0B76" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="73C98483" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FCA66D2" w14:textId="6F049ECC" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="30B64BEA" w14:textId="2A5014B7" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62D73F75" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="5C8B23A1" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76AA5C0B" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="60E2B1BD" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="73C98483" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="54FE3FA7" w14:textId="77777777" w:rsidTr="00AA4002">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7474" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1268CD60" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="599B895B" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF14BB7" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49F27549" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="758A4822" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="455015D5" w14:textId="77777777" w:rsidTr="00AA4002">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9203" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38DCDAE3" w14:textId="49D8A7F9" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EXTERNAL </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA4002">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>FUNDING</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BC5FB8D" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA4002" w:rsidRPr="00620B6F" w14:paraId="57A51C98" w14:textId="77777777" w:rsidTr="00AA4002">
+        <w:trPr>
+          <w:trHeight w:val="510"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7474" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E17ED04" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="00AA4002" w:rsidRDefault="00AA4002" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AA4002">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Baptist Union Loan</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C0B2FC" w14:textId="3D5196EE" w:rsidR="00AA4002" w:rsidRPr="00AA4002" w:rsidRDefault="00AA4002" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B9F419D" w14:textId="77777777" w:rsidR="00AA4002" w:rsidRPr="00620B6F" w:rsidRDefault="00AA4002" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="440FF022" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30B64BEA" w14:textId="2A5014B7" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="2C625C67" w14:textId="17B0D3BA" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="00AA4002" w:rsidP="001C7A9C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Confirmed/promised loans from Church Members/Attenders</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8B23A1" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="547FB4F5" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="60E2B1BD" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="424DF72A" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="64551554" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="06885B14" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14ED822A" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="327C1514" w14:textId="5A8B8543" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="00AA4002" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Association</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76A74060" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
-[...295 lines deleted...]
-          <w:p w14:paraId="547FB4F5" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="5D417A1A" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="424DF72A" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="33F62F7B" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="06885B14" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="6E74E508" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="327C1514" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="381AB621" w14:textId="119FE3A5" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="00AA4002" w:rsidP="001C7A9C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00620B6F">
-[...5 lines deleted...]
-              <w:t>Baptist Building Fund</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D417A1A" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="73C9DBBD" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="33F62F7B" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="21FFD401" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="6E74E508" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="7A3C836D" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="381AB621" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="1583465D" w14:textId="5BC37F59" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00620B6F">
-[...6 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73C9DBBD" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="682F2B55" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="21FFD401" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="749E5C01" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="7A3C836D" w14:textId="77777777" w:rsidTr="001C7A9C">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="159EF442" w14:textId="77777777" w:rsidTr="00AA4002">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...16 lines deleted...]
-              <w:t>Association</w:t>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69C4F851" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44772F44" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
-[...13 lines deleted...]
-            <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...171 lines deleted...]
-            <w:tcW w:w="1729" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B5D1680" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D34FB53" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
@@ -3222,368 +3185,364 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="649A7C49" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="7B844C4C" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="00AA4002" w:rsidRPr="00620B6F" w14:paraId="7B844C4C" w14:textId="77777777" w:rsidTr="00AA4002">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9203" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="9627" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0D457F" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="2E2FD17C" w14:textId="221883FA" w:rsidR="00AA4002" w:rsidRPr="00620B6F" w:rsidRDefault="00AA4002" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>SUMMARY AND RECONCILIATION</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="68197F33" w14:textId="77777777" w:rsidTr="00AA4002">
+        <w:trPr>
+          <w:trHeight w:val="454"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7474" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D70000A" w14:textId="53AAFF1C" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Total from Church(B)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1729" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CBE3FFE" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2E2FD17C" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="59A9F499" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="68197F33" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="70AB8F48" w14:textId="77777777" w:rsidTr="001C7A9C">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D70000A" w14:textId="53AAFF1C" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
-[...13 lines deleted...]
-              <w:t>Total from Church(B)</w:t>
+          <w:p w14:paraId="3531BDC4" w14:textId="33C94FCD" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total from External </w:t>
+            </w:r>
+            <w:r w:rsidR="00AA4002">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Funding</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (C)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Not more than </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0% of A]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CBE3FFE" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:p w14:paraId="5049D3CE" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="59A9F499" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+          <w:p w14:paraId="3B4F6A3E" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="70AB8F48" w14:textId="77777777" w:rsidTr="001C7A9C">
+      <w:tr w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w14:paraId="0E729FC5" w14:textId="77777777" w:rsidTr="00AA4002">
         <w:trPr>
-          <w:trHeight w:val="454"/>
+          <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7474" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3531BDC4" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
-[...41 lines deleted...]
-              <w:t>0% of A]</w:t>
+          <w:p w14:paraId="265C64B5" w14:textId="295FD23B" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="00AA4002">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Grand Total – to balance with Gross Project Cost above (A)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1729" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5049D3CE" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
-[...3 lines deleted...]
-                <w:b/>
+          <w:p w14:paraId="41904D38" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:vAlign w:val="bottom"/>
-[...90 lines deleted...]
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EF3289" w14:textId="77777777" w:rsidR="001C7A9C" w:rsidRPr="00620B6F" w:rsidRDefault="001C7A9C" w:rsidP="001C7A9C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E67EE8E" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F">
-[...3 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="5E67EE8E" w14:textId="4D073A99" w:rsidR="00620B6F" w:rsidRDefault="00620B6F"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2956"/>
         <w:gridCol w:w="1874"/>
         <w:gridCol w:w="1211"/>
         <w:gridCol w:w="404"/>
         <w:gridCol w:w="354"/>
         <w:gridCol w:w="239"/>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="392"/>
         <w:gridCol w:w="317"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="135"/>
@@ -3592,51 +3551,50 @@
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="74401C30" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9622" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54379AF2" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="002D70F5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:br w:type="page"/>
             </w:r>
             <w:r w:rsidRPr="002D70F5">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>ABOUT YOUR CHURCH</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="30BF68E4" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2956" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A865B51" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
@@ -3962,51 +3920,71 @@
           <w:trHeight w:val="150"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4830" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="767FA282" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>If you are currently in Pastoral Vacancy please give the name of your Moderator.</w:t>
+              <w:t xml:space="preserve">If you are currently in Pastoral </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vacancy</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please give the name of your Moderator.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4792" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="198A5C53" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="77213D61" w14:textId="77777777" w:rsidTr="004E182B">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
@@ -4278,51 +4256,71 @@
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D6255F8" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>If you are a Registered Charity please give your Charity Number</w:t>
+              <w:t xml:space="preserve">If you are a Registered </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Charity</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please give your Charity Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2584" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3088CA56" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="2088B6D4" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
@@ -4422,51 +4420,71 @@
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e.g. BUC, Private Trustees.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59981CC0" w14:textId="77777777" w:rsidR="000B6446" w:rsidRPr="005A6FEC" w:rsidRDefault="000B6446" w:rsidP="008B2B3D">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A6FEC">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">If you do not have the BUC or another Baptist Trust Company as your Property Trustees please </w:t>
+              <w:t xml:space="preserve">If you do not have the BUC or another Baptist Trust Company as your Property </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005A6FEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trustees</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="005A6FEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">make sure you </w:t>
             </w:r>
             <w:r w:rsidRPr="005A6FEC">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>read the notes on pages 3-4 of the Guidance Notes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2584" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
@@ -4487,51 +4505,71 @@
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7038" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F9C789B" w14:textId="77777777" w:rsidR="000B6446" w:rsidRPr="00620B6F" w:rsidRDefault="000B6446" w:rsidP="008E350B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Do they have the property deeds?</w:t>
+              <w:t xml:space="preserve">Do they have </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>the property</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> deeds?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2584" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20CBA0B0" w14:textId="77777777" w:rsidR="000B6446" w:rsidRPr="00620B6F" w:rsidRDefault="000B6446" w:rsidP="008E350B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="0A7E6C45" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
@@ -4845,51 +4883,69 @@
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="002D70F5" w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> OF A4)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06DF2FED" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>This should tell us something of your church and its mission.  We would like to know something about each of the following.</w:t>
+              <w:t xml:space="preserve">This should tell us something </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> your church and its mission.  We would like to know something about each of the following.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B3E54EA" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Your history, present situation and future vision for the church. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="614C693A" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
@@ -4937,59 +4993,78 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04C46EA3" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CHURCH ACTIVITES LIST  </w:t>
-[...7 lines deleted...]
-              <w:t>(See example in the Guidance Notes)</w:t>
+              <w:t xml:space="preserve">CHURCH ACTIVITES </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">LIST  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>See example in the Guidance Notes)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ED5042E" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Please provide us with information about your regular church activities and how your church premises are used. The easiest way to do this is to provide a list of what happens each day – which includes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4D0E55EA" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
@@ -5053,50 +5128,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>organizations</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3823A9F4" w14:textId="77777777" w:rsidR="002D70F5" w:rsidRPr="00620B6F" w:rsidRDefault="002D70F5" w:rsidP="00D61857">
             <w:pPr>
               <w:ind w:left="1080"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CA280C0" w14:textId="77777777" w:rsidR="000B6446" w:rsidRDefault="000B6446">
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4456"/>
         <w:gridCol w:w="1556"/>
         <w:gridCol w:w="79"/>
         <w:gridCol w:w="1478"/>
         <w:gridCol w:w="2053"/>
       </w:tblGrid>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="002D70F5" w14:paraId="6C7DA1B6" w14:textId="77777777" w:rsidTr="000B6446">
         <w:tc>
@@ -5940,51 +6016,71 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="373D3138" w14:textId="77777777" w:rsidTr="000B6446">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4456" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63753684" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>If you have an existing loan or mortgage please provide details of amount borrowed, outstanding and payment terms.</w:t>
+              <w:t xml:space="preserve">If you have an existing loan or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mortgage</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please provide details of amount borrowed, outstanding and payment terms.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22B93EE5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37AEA1F8" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
@@ -7068,51 +7164,69 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="73A72466" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7525" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CC681AD" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Have your Property Trustees approved the project?</w:t>
+              <w:t xml:space="preserve">Have your Property Trustees </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>approved</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the project?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1669CB40" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="6A7D043B" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7197,51 +7311,69 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="63CEF7BE" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7525" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02DE3579" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">If your church is a listed building have you received Listed Buildings Consent?  </w:t>
+              <w:t xml:space="preserve">If your church is a listed </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>building</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have you received Listed Buildings Consent?  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21B625A5" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="565F0CA8" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -7283,51 +7415,69 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00620B6F" w:rsidRPr="00620B6F" w14:paraId="255CA12E" w14:textId="77777777" w:rsidTr="000B6446">
         <w:trPr>
           <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7525" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17757A07" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00620B6F">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Is your building affected by any Restrictive Covenants, Rights of Light, or Party Wall legislation?  [If ‘yes’ please provide details separately]</w:t>
+              <w:t>Is your building affected by any Restrictive Covenants, Rights of Light, or Party Wall legislation?  [If ‘</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>yes’</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00620B6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please provide details separately]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2097" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10D70EBA" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRPr="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00D61857">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6DA0309C" w14:textId="77777777" w:rsidR="00620B6F" w:rsidRDefault="00620B6F" w:rsidP="00620B6F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
@@ -8440,57 +8590,85 @@
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>tchowns@baptist.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00473877">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or as electronic documents on a CD sent to the address below. Please ensure that all electronic documents are clearly numbered and named. All documents requiring signatures should be printed off, signed and then scanned before sending.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED9A4DB" w14:textId="77777777" w:rsidR="00473877" w:rsidRPr="00473877" w:rsidRDefault="00473877" w:rsidP="00473877">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00473877">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">If sending paper copies by post please use the address below and send </w:t>
+        <w:t>If sending</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> paper copies by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>post</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00473877">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please use the address below and send </w:t>
       </w:r>
       <w:r w:rsidRPr="00473877">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>two copies</w:t>
       </w:r>
       <w:r w:rsidRPr="00473877">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of everything for loans of up to £750,000 or </w:t>
       </w:r>
       <w:r w:rsidRPr="00473877">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -9218,51 +9396,71 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D1171">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>The last three years audited/independently examined church accounts</w:t>
             </w:r>
             <w:r w:rsidR="00836C6B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00836C6B" w:rsidRPr="00297858">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>If your most recent accounts have yet to be finalised please send us a copy of the draft accounts</w:t>
+              <w:t xml:space="preserve">If your most recent accounts have yet to be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00836C6B" w:rsidRPr="00297858">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>finalised</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00836C6B" w:rsidRPr="00297858">
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> please send us a copy of the draft accounts</w:t>
             </w:r>
             <w:r w:rsidR="00836C6B">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1163" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0263EE26" w14:textId="77777777" w:rsidR="00BE5F33" w:rsidRPr="005D1171" w:rsidRDefault="00BE5F33" w:rsidP="0030544E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -9665,57 +9863,103 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE5F33" w:rsidRPr="005D1171" w14:paraId="227B2D5E" w14:textId="77777777" w:rsidTr="007761CB">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51831FBC" w14:textId="77777777" w:rsidR="00BE5F33" w:rsidRPr="005D1171" w:rsidRDefault="00BE5F33" w:rsidP="00DC7671">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">LEPs who have another Denominational Trust Company as their Property Trustees should also include written confirmation that </w:t>
+              <w:t>LEPs</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who have another Denominational Trust Company as their Property </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trustees</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should also include written </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>confirmation that</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F03BCF">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>that the</w:t>
             </w:r>
             <w:r w:rsidR="00DC7671">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
             <w:r w:rsidRPr="00F03BCF">
               <w:rPr>
                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be willing to consent to the BUC taking a Legal Charge on the property</w:t>
             </w:r>
@@ -10503,75 +10747,131 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Registered CIO with Charity Number: </w:t>
       </w:r>
       <w:r w:rsidRPr="002915FA">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1181392</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FDCF565" w14:textId="77777777" w:rsidR="002915FA" w:rsidRPr="002915FA" w:rsidRDefault="002915FA" w:rsidP="00A94A57">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ABF0120" w14:textId="6AF1562D" w:rsidR="00DC131E" w:rsidRPr="002915FA" w:rsidRDefault="00DC131E" w:rsidP="00A94A57">
+    <w:p w14:paraId="4ABF0120" w14:textId="45E9ED81" w:rsidR="00DC131E" w:rsidRPr="002915FA" w:rsidRDefault="00DC131E" w:rsidP="00A94A57">
       <w:pPr>
         <w:ind w:left="-709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002915FA">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Date Reviewed: </w:t>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1589E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Issue and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002915FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Review</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1589E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002915FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F03CF0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>November</w:t>
       </w:r>
       <w:r w:rsidR="006F6D5A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Feb 205</w:t>
+        <w:t xml:space="preserve"> 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1589E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006F6D5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DC131E" w:rsidRPr="002915FA" w:rsidSect="00620B6F">
       <w:headerReference w:type="default" r:id="rId16"/>
       <w:footerReference w:type="default" r:id="rId17"/>
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:footerReference w:type="first" r:id="rId19"/>
       <w:pgSz w:w="11900" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6217DB09" w14:textId="77777777" w:rsidR="00F91C96" w:rsidRDefault="00F91C96" w:rsidP="006D2B2D">
       <w:r>
         <w:separator/>
       </w:r>
@@ -10651,51 +10951,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5A567453" w14:textId="77777777" w:rsidR="00CC49DC" w:rsidRDefault="008F10EB" w:rsidP="00620B6F">
+  <w:p w14:paraId="5A567453" w14:textId="2D756310" w:rsidR="00CC49DC" w:rsidRDefault="008F10EB" w:rsidP="00620B6F">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
     <w:r w:rsidR="00CC49DC" w:rsidRPr="000E6584">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00F74842" w:rsidRPr="000E6584">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
@@ -10720,99 +11020,117 @@
     <w:r w:rsidR="00DC131E">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00F74842" w:rsidRPr="000E6584">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00CC49DC" w:rsidRPr="000E6584">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="00BE5F33">
+    <w:r w:rsidR="00F03CF0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>7</w:t>
+      <w:t>8</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6555D676" w14:textId="77777777" w:rsidR="004554C9" w:rsidRDefault="004554C9" w:rsidP="004554C9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00460965">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>The BUC is only able to enter into a loan that is a relevant credit agreement (as defined by the Financial</w:t>
     </w:r>
     <w:r w:rsidR="00DF65D0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> Services and Markets Act 2000 (Financial Promotion) Order 200</w:t>
     </w:r>
     <w:r w:rsidRPr="00460965">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">5) as lender for the purposes of the business of a church (or, if the church is unincorporated, the business of the church trustees) and not for any other purpose. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>For more information p</w:t>
+      <w:t xml:space="preserve">For more </w:t>
+    </w:r>
+    <w:proofErr w:type="gramStart"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>information</w:t>
+    </w:r>
+    <w:proofErr w:type="gramEnd"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> p</w:t>
     </w:r>
     <w:r w:rsidRPr="00460965">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">lease see ‘Important Notes’ on page 5 </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>of leaflet M01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="4FA76133" w14:textId="77777777" w:rsidR="00F91C96" w:rsidRDefault="00F91C96" w:rsidP="006D2B2D">
@@ -11677,51 +11995,51 @@
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="925192074">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="503741706">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="686255137">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1159686783">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="133841505">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1583486102">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -11773,77 +12091,83 @@
     <w:rsid w:val="00620B6F"/>
     <w:rsid w:val="00626AFE"/>
     <w:rsid w:val="00656F1D"/>
     <w:rsid w:val="006D2B2D"/>
     <w:rsid w:val="006D4030"/>
     <w:rsid w:val="006E2B7C"/>
     <w:rsid w:val="006F6D5A"/>
     <w:rsid w:val="007133AB"/>
     <w:rsid w:val="007761CB"/>
     <w:rsid w:val="007E64C2"/>
     <w:rsid w:val="00822366"/>
     <w:rsid w:val="00836C6B"/>
     <w:rsid w:val="0085339F"/>
     <w:rsid w:val="008A4BC1"/>
     <w:rsid w:val="008C0493"/>
     <w:rsid w:val="008F10EB"/>
     <w:rsid w:val="0092532B"/>
     <w:rsid w:val="009371BD"/>
     <w:rsid w:val="009502E8"/>
     <w:rsid w:val="009F53FD"/>
     <w:rsid w:val="009F55E7"/>
     <w:rsid w:val="00A14BDB"/>
     <w:rsid w:val="00A51CC1"/>
     <w:rsid w:val="00A85AC0"/>
     <w:rsid w:val="00A94A57"/>
+    <w:rsid w:val="00AA4002"/>
     <w:rsid w:val="00AA7CBC"/>
     <w:rsid w:val="00AB75D1"/>
     <w:rsid w:val="00AD76C8"/>
     <w:rsid w:val="00AF530B"/>
     <w:rsid w:val="00B0036B"/>
     <w:rsid w:val="00B046E2"/>
+    <w:rsid w:val="00B05FE3"/>
     <w:rsid w:val="00B151B2"/>
+    <w:rsid w:val="00B3752A"/>
     <w:rsid w:val="00B63FB0"/>
     <w:rsid w:val="00BC15C0"/>
     <w:rsid w:val="00BE5F33"/>
     <w:rsid w:val="00BF4487"/>
     <w:rsid w:val="00C078E0"/>
     <w:rsid w:val="00C35262"/>
     <w:rsid w:val="00CA38F8"/>
     <w:rsid w:val="00CB5FDD"/>
     <w:rsid w:val="00CC40BE"/>
     <w:rsid w:val="00CC49DC"/>
     <w:rsid w:val="00CC76E7"/>
     <w:rsid w:val="00CD5BFA"/>
+    <w:rsid w:val="00D1589E"/>
+    <w:rsid w:val="00D55B0D"/>
     <w:rsid w:val="00D65C22"/>
     <w:rsid w:val="00DC131E"/>
     <w:rsid w:val="00DC7671"/>
     <w:rsid w:val="00DE4233"/>
     <w:rsid w:val="00DF65D0"/>
     <w:rsid w:val="00E43944"/>
     <w:rsid w:val="00E45477"/>
     <w:rsid w:val="00EF4943"/>
+    <w:rsid w:val="00F03CF0"/>
     <w:rsid w:val="00F32CCC"/>
     <w:rsid w:val="00F60A88"/>
     <w:rsid w:val="00F74842"/>
     <w:rsid w:val="00F85D89"/>
     <w:rsid w:val="00F91C96"/>
     <w:rsid w:val="00FE4699"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
@@ -12927,52 +13251,65 @@
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DB3B2DA6309B1F4484E03F6F759F1297" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5cca61806c964319f205b71ea42a50be">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="4181fa7f0d09f1e9cdef00b97d5e18f7" ns2:_="" ns3:_="">
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DB3B2DA6309B1F4484E03F6F759F1297" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="76a2fde418eb9e9bd4d460f4dbeed5dd">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6619e94200124efa30e0821533cf4632" ns2:_="" ns3:_="">
     <xsd:import namespace="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda"/>
     <xsd:import namespace="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -13181,145 +13518,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB8CF043-5633-4D1C-9EDE-8080F111841A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF7DBAC6-4F97-4DAA-BD06-62F00490AD00}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8B9C60FF-7CD9-4CCA-84C6-08D520E78E8E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29832A9D-19AE-4AEC-8485-A75101A73A7F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47C45DB1-C1D8-4225-B09D-E8755E049222}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="8d3f1dad-f1ed-4caf-90ed-bfeb57237bda"/>
     <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>8736</Characters>
+  <Pages>9</Pages>
+  <Words>1527</Words>
+  <Characters>8710</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>72</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Baptist union of Great Britain</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10248</CharactersWithSpaces>
+  <CharactersWithSpaces>10217</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mary Parker</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100DB3B2DA6309B1F4484E03F6F759F1297</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>