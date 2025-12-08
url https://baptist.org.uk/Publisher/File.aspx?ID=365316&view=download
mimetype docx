--- v0 (2025-10-07)
+++ v1 (2025-12-08)
@@ -1,54 +1,53 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7968ECA1" w14:textId="4F3196FB" w:rsidR="0087568C" w:rsidRDefault="0087568C" w:rsidP="0023201D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22DC3AF8" wp14:editId="19C3153F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
@@ -94,110 +93,110 @@
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="290A5CDC" w14:textId="77777777" w:rsidR="001866C4" w:rsidRDefault="001866C4" w:rsidP="0087568C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C9A16FE" w14:textId="24D0C4BF" w:rsidR="005B6AB2" w:rsidRPr="00A052E4" w:rsidRDefault="00D42B91" w:rsidP="0087568C">
+    <w:p w14:paraId="6C9A16FE" w14:textId="1A2A7436" w:rsidR="005B6AB2" w:rsidRPr="00A052E4" w:rsidRDefault="00D42B91" w:rsidP="0087568C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A052E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>CMD grants application form</w:t>
       </w:r>
       <w:r w:rsidR="004D524D" w:rsidRPr="00A052E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A052E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00647115" w:rsidRPr="00A052E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="000174EE">
+      <w:r w:rsidR="00EA5AF2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="519AFCA1" w14:textId="51FE6895" w:rsidR="00F03F2A" w:rsidRPr="00A052E4" w:rsidRDefault="00F03F2A" w:rsidP="0087568C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="6"/>
           <w:szCs w:val="6"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CD0E491" w14:textId="2250BB81" w:rsidR="00F12764" w:rsidRPr="000174EE" w:rsidRDefault="00CA2F36" w:rsidP="0087568C">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000174EE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -217,74 +216,74 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
         </w:rPr>
         <w:t xml:space="preserve"> nationally recognised </w:t>
       </w:r>
       <w:r w:rsidR="00F03F2A" w:rsidRPr="000174EE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
         </w:rPr>
         <w:t>pastors</w:t>
       </w:r>
       <w:r w:rsidR="000174EE" w:rsidRPr="000174EE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
         </w:rPr>
         <w:t xml:space="preserve"> and recognised local ministers</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A5AD4DB" w14:textId="02FBCA99" w:rsidR="00FF52E5" w:rsidRDefault="00FF52E5"/>
-    <w:p w14:paraId="611778E5" w14:textId="48334CB5" w:rsidR="00795160" w:rsidRPr="00073459" w:rsidRDefault="009F4A15">
+    <w:p w14:paraId="611778E5" w14:textId="0BE3ACBE" w:rsidR="00795160" w:rsidRPr="00073459" w:rsidRDefault="009F4A15">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>For 202</w:t>
       </w:r>
-      <w:r w:rsidR="000174EE" w:rsidRPr="00073459">
+      <w:r w:rsidR="000E38AF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, the Ministries Team ha</w:t>
       </w:r>
       <w:r w:rsidR="00035155" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -548,51 +547,51 @@
         <w:t>and so on</w:t>
       </w:r>
       <w:r w:rsidR="0053383F" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00D703BA" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1671CF39" w14:textId="41D12751" w:rsidR="00795160" w:rsidRPr="00073459" w:rsidRDefault="00795160">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A3F8E08" w14:textId="306C3B19" w:rsidR="00A43B7D" w:rsidRPr="00073459" w:rsidRDefault="00B549FC">
+    <w:p w14:paraId="0A3F8E08" w14:textId="550A9973" w:rsidR="00A43B7D" w:rsidRPr="00073459" w:rsidRDefault="00B549FC">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You should</w:t>
       </w:r>
       <w:r w:rsidR="003A6226" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00855125" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -830,51 +829,65 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">consider making </w:t>
       </w:r>
       <w:r w:rsidR="006065A2" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>available each year a</w:t>
       </w:r>
       <w:r w:rsidR="00294821" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00132992" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">further £500 </w:t>
+        <w:t>further £</w:t>
+      </w:r>
+      <w:r w:rsidR="000E38AF">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00132992" w:rsidRPr="00073459">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">00 </w:t>
       </w:r>
       <w:r w:rsidR="00E1153C" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>from church funds</w:t>
       </w:r>
       <w:r w:rsidR="00132992" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> to</w:t>
       </w:r>
       <w:r w:rsidR="0007344E" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> support</w:t>
       </w:r>
       <w:r w:rsidR="00132992" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1226,51 +1239,67 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a grant using the form overleaf. </w:t>
       </w:r>
       <w:r w:rsidR="00FC2359" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>You should complete and sign the form</w:t>
       </w:r>
       <w:r w:rsidR="00236875" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00544791" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>gaining the counter-signature o</w:t>
+        <w:t xml:space="preserve">gaining the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00544791" w:rsidRPr="00073459">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>counter-signature</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00544791" w:rsidRPr="00073459">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o</w:t>
       </w:r>
       <w:r w:rsidR="00F55F30" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>f y</w:t>
       </w:r>
       <w:r w:rsidR="00544791" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>our church</w:t>
       </w:r>
       <w:r w:rsidR="0037224A" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or project</w:t>
       </w:r>
       <w:r w:rsidR="00544791" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -1462,51 +1491,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>audit to identify CMD activity that needs resourcing.</w:t>
       </w:r>
       <w:r w:rsidR="005D4854" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="402B003C" w14:textId="77777777" w:rsidR="00AD0722" w:rsidRPr="00073459" w:rsidRDefault="00AD0722" w:rsidP="00AB175E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0384BAA8" w14:textId="6FF6AC4B" w:rsidR="00AB175E" w:rsidRPr="00073459" w:rsidRDefault="00AB175E" w:rsidP="00AB175E">
+    <w:p w14:paraId="0384BAA8" w14:textId="396683D1" w:rsidR="00AB175E" w:rsidRPr="00073459" w:rsidRDefault="00AB175E" w:rsidP="00AB175E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Please send completed forms to </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00073459">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
@@ -1526,143 +1555,161 @@
       <w:r w:rsidR="00665E80">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Friday</w:t>
       </w:r>
       <w:r w:rsidR="00CF7239" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EA727B" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">31 </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CF7239" w:rsidRPr="00073459">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="0047007A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>January 202</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="005B7EC3">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA727B" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00073459">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF7239" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E21AED" w:rsidRPr="00073459">
+        <w:t>January 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0047007A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Please note that t</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004A34ED" w:rsidRPr="00073459">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">he aim of the grant is to support the development of those in settings that are less than affluent. We trust that ministers will respect this aim by applying only if </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007C3CC2" w:rsidRPr="00073459">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E21AED" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">funding for </w:t>
+        <w:t>Please note that t</w:t>
       </w:r>
       <w:r w:rsidR="004A34ED" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">identified development costs cannot be </w:t>
+        <w:t xml:space="preserve">he aim of the grant is to support the development of those in settings that are less than affluent. We trust that ministers will respect this aim by applying only if </w:t>
       </w:r>
       <w:r w:rsidR="007C3CC2" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>found from elsewhere</w:t>
+        <w:t xml:space="preserve">funding for </w:t>
       </w:r>
       <w:r w:rsidR="004A34ED" w:rsidRPr="00073459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">identified development costs cannot be </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3CC2" w:rsidRPr="00073459">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>found from elsewhere</w:t>
+      </w:r>
+      <w:r w:rsidR="004A34ED" w:rsidRPr="00073459">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7749C1EF" w14:textId="0370986D" w:rsidR="00AB175E" w:rsidRPr="00073459" w:rsidRDefault="00AB175E" w:rsidP="006C7C50">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="44A5FF33" w14:textId="5FBAA05F" w:rsidR="00CD637A" w:rsidRPr="00073459" w:rsidRDefault="004D524D" w:rsidP="006C7C50">
+    <w:p w14:paraId="44A5FF33" w14:textId="10286CB0" w:rsidR="00CD637A" w:rsidRPr="00073459" w:rsidRDefault="004D524D" w:rsidP="006C7C50">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r w:rsidR="009C4263" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>rants will be paid</w:t>
       </w:r>
       <w:r w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1728,51 +1775,81 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> for CMD</w:t>
       </w:r>
       <w:r w:rsidR="00B86405" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="004F01F7" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidR="00294BC8" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>amount awarded will depend on the total number of applicants, but will be a maximum of £500.</w:t>
+        <w:t xml:space="preserve">amount awarded will depend on the total number of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00294BC8" w:rsidRPr="00073459">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>applicants, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00294BC8" w:rsidRPr="00073459">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be a maximum of £</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7F8B">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00294BC8" w:rsidRPr="00073459">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>00.</w:t>
       </w:r>
       <w:r w:rsidR="004F01F7" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B86405" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The form </w:t>
       </w:r>
       <w:r w:rsidR="00CA1BA9" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">overleaf </w:t>
       </w:r>
       <w:r w:rsidR="00B86405" w:rsidRPr="00073459">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -2126,129 +2203,135 @@
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="004D2852" w:rsidRPr="008A13B2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been awarded a further study grant</w:t>
       </w:r>
       <w:r w:rsidR="006366FC" w:rsidRPr="008A13B2">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>; retired ministers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="376B298D" w14:textId="31D96B93" w:rsidR="007063E0" w:rsidRPr="00A052E4" w:rsidRDefault="00E25237" w:rsidP="001866C4">
+    <w:p w14:paraId="376B298D" w14:textId="602F0BF7" w:rsidR="007063E0" w:rsidRPr="00A052E4" w:rsidRDefault="00E25237" w:rsidP="001866C4">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="007063E0" w:rsidRPr="00A052E4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CMD grants application form, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00145E8E">
+      <w:r w:rsidR="00BC7F8B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="25AAE1"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E47165E" w14:textId="33068DE1" w:rsidR="008157FE" w:rsidRDefault="008157FE" w:rsidP="00754B27">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Please complete</w:t>
       </w:r>
       <w:r w:rsidR="00945E3C">
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> yellow boxes</w:t>
       </w:r>
       <w:r w:rsidR="00945E3C">
         <w:t xml:space="preserve"> as relevant.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36339F3F" w14:textId="1F9E4DC7" w:rsidR="00754B27" w:rsidRDefault="00754B27" w:rsidP="00754B27">
+    <w:p w14:paraId="36339F3F" w14:textId="630DF6CD" w:rsidR="00754B27" w:rsidRDefault="00754B27" w:rsidP="00754B27">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Once completed, please email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00EB007B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>cmd@baptist.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> by </w:t>
       </w:r>
       <w:r w:rsidR="00145E8E">
         <w:t>Friday</w:t>
       </w:r>
       <w:r w:rsidR="00620E53">
-        <w:t xml:space="preserve"> 31 January 202</w:t>
-[...2 lines deleted...]
-        <w:t>5</w:t>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7F8B">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00620E53">
+        <w:t xml:space="preserve"> January 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC7F8B">
+        <w:t>6</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="335A25CF" w14:textId="77777777" w:rsidR="00754B27" w:rsidRDefault="00754B27" w:rsidP="007063E0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4234"/>
         <w:gridCol w:w="1982"/>
         <w:gridCol w:w="3638"/>
       </w:tblGrid>
       <w:tr w:rsidR="00517E4B" w14:paraId="6EB5E945" w14:textId="77777777" w:rsidTr="00600FF5">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2845,57 +2928,78 @@
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00274D84">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>p</w:t>
             </w:r>
             <w:r w:rsidR="00CC0935">
               <w:t>art-time</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE3CB5" w14:paraId="04D847B4" w14:textId="77777777" w:rsidTr="00701FAE">
         <w:trPr>
           <w:trHeight w:val="1268"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DFD2DF1" w14:textId="6801D455" w:rsidR="00BE3CB5" w:rsidRDefault="00BE3CB5" w:rsidP="00BE3CB5">
+          <w:p w14:paraId="4DFD2DF1" w14:textId="529B2A94" w:rsidR="00BE3CB5" w:rsidRDefault="00BE3CB5" w:rsidP="00BE3CB5">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Please outline in the box below what development costs you intend to use the grant for.</w:t>
+              <w:t>Please outline in the box below what development costs you intend to use the grant for</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5772C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>. Please break this down</w:t>
+            </w:r>
+            <w:r w:rsidR="006017D8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> into an estimated amount for each element</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CC3C2A">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00854215" w:rsidRPr="00701FAE">
               <w:t xml:space="preserve">Recording this will help </w:t>
             </w:r>
             <w:r w:rsidR="0087675F" w:rsidRPr="00701FAE">
               <w:t>your treasurer/</w:t>
             </w:r>
             <w:r w:rsidR="002F3493" w:rsidRPr="00701FAE">
               <w:t>trustees</w:t>
             </w:r>
             <w:r w:rsidR="0087675F" w:rsidRPr="00701FAE">
               <w:t xml:space="preserve"> appreciate what </w:t>
             </w:r>
             <w:r w:rsidR="002F3493" w:rsidRPr="00701FAE">
               <w:t xml:space="preserve">the grant is for, though </w:t>
             </w:r>
             <w:r w:rsidR="008B2967" w:rsidRPr="00701FAE">
               <w:t xml:space="preserve">you have discretion </w:t>
@@ -2906,51 +3010,55 @@
             <w:r w:rsidR="008B2967" w:rsidRPr="00701FAE">
               <w:t xml:space="preserve">to use it for </w:t>
             </w:r>
             <w:r w:rsidR="00C2459F">
               <w:t xml:space="preserve">alternative </w:t>
             </w:r>
             <w:r w:rsidR="00BE59D1" w:rsidRPr="00701FAE">
               <w:t xml:space="preserve">development </w:t>
             </w:r>
             <w:r w:rsidR="00C2459F">
               <w:t>purposes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BE3CB5" w14:paraId="1F2A0E09" w14:textId="77777777" w:rsidTr="00E91926">
         <w:trPr>
           <w:trHeight w:val="5068"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFF2CC" w:themeFill="accent4" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w14:paraId="704B9899" w14:textId="18B75142" w:rsidR="00C1351E" w:rsidRPr="00C1351E" w:rsidRDefault="00C1351E" w:rsidP="00BE3CB5"/>
+          <w:p w14:paraId="704B9899" w14:textId="0F8B95A6" w:rsidR="00C1351E" w:rsidRPr="00C1351E" w:rsidRDefault="006017D8" w:rsidP="00BE3CB5">
+            <w:r>
+              <w:t>(List each development activity/purpose and its estimated cost)</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62F0B27A" w14:textId="4794D71A" w:rsidR="00754B27" w:rsidRDefault="00754B27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4376"/>
         <w:gridCol w:w="1824"/>
         <w:gridCol w:w="3654"/>
       </w:tblGrid>
       <w:tr w:rsidR="00943BE7" w14:paraId="528D61BA" w14:textId="77777777" w:rsidTr="00600FF5">
         <w:trPr>
           <w:trHeight w:val="800"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9854" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6" w:themeFill="accent5" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
@@ -3920,117 +4028,117 @@
             <w:r w:rsidR="00CD61D4" w:rsidRPr="00C57D69">
               <w:t xml:space="preserve"> who will </w:t>
             </w:r>
             <w:r w:rsidR="00BB3A76" w:rsidRPr="00C57D69">
               <w:t xml:space="preserve">be </w:t>
             </w:r>
             <w:r w:rsidR="00CD61D4" w:rsidRPr="00C57D69">
               <w:t>ask</w:t>
             </w:r>
             <w:r w:rsidR="00BB3A76" w:rsidRPr="00C57D69">
               <w:t>ed</w:t>
             </w:r>
             <w:r w:rsidR="00CD61D4" w:rsidRPr="00C57D69">
               <w:t xml:space="preserve"> for </w:t>
             </w:r>
             <w:r w:rsidRPr="00C57D69">
               <w:t>payment details once a grant is agreed</w:t>
             </w:r>
             <w:r w:rsidR="00C21D6A">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="280FBC12" w14:textId="77777777" w:rsidR="00CD61D4" w:rsidRDefault="00CD61D4" w:rsidP="00145E8E"/>
+    <w:p w14:paraId="280FBC12" w14:textId="77777777" w:rsidR="00CD61D4" w:rsidRDefault="00CD61D4" w:rsidP="006017D8"/>
     <w:sectPr w:rsidR="00CD61D4" w:rsidSect="00FF52E5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1021" w:right="1021" w:bottom="1021" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C943766"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E2CC7084"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5536,119 +5644,122 @@
   <w:num w:numId="8" w16cid:durableId="340394205">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="570163253">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1936670283">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1095595457">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="491718438">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1605307571">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="874192196">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007D5D28"/>
     <w:rsid w:val="0000120A"/>
     <w:rsid w:val="00001916"/>
     <w:rsid w:val="00004B1F"/>
     <w:rsid w:val="00015303"/>
     <w:rsid w:val="000174EE"/>
     <w:rsid w:val="00035155"/>
     <w:rsid w:val="0004216F"/>
     <w:rsid w:val="00042B4A"/>
     <w:rsid w:val="0005227F"/>
     <w:rsid w:val="000527AD"/>
     <w:rsid w:val="00053A76"/>
     <w:rsid w:val="000607EC"/>
     <w:rsid w:val="000637FD"/>
     <w:rsid w:val="0007344E"/>
     <w:rsid w:val="00073459"/>
     <w:rsid w:val="00076B24"/>
     <w:rsid w:val="0007706E"/>
     <w:rsid w:val="0008059C"/>
     <w:rsid w:val="000839AC"/>
     <w:rsid w:val="000865B7"/>
     <w:rsid w:val="000A1DF9"/>
     <w:rsid w:val="000A27FE"/>
     <w:rsid w:val="000A342E"/>
     <w:rsid w:val="000B28AF"/>
     <w:rsid w:val="000C07CE"/>
     <w:rsid w:val="000C0CF6"/>
     <w:rsid w:val="000C54BA"/>
     <w:rsid w:val="000C728C"/>
     <w:rsid w:val="000D4D8F"/>
+    <w:rsid w:val="000E38AF"/>
     <w:rsid w:val="000E5617"/>
     <w:rsid w:val="000E58E3"/>
     <w:rsid w:val="000E6CB7"/>
     <w:rsid w:val="000E775C"/>
     <w:rsid w:val="000E7B21"/>
     <w:rsid w:val="000F44E2"/>
     <w:rsid w:val="00101762"/>
     <w:rsid w:val="001043F3"/>
     <w:rsid w:val="00104FAF"/>
     <w:rsid w:val="0010586B"/>
     <w:rsid w:val="001058D8"/>
     <w:rsid w:val="001072F4"/>
     <w:rsid w:val="001119B1"/>
     <w:rsid w:val="00125DF3"/>
     <w:rsid w:val="00131623"/>
     <w:rsid w:val="00132992"/>
     <w:rsid w:val="00133A07"/>
     <w:rsid w:val="001370CC"/>
     <w:rsid w:val="00144D4C"/>
     <w:rsid w:val="00145417"/>
     <w:rsid w:val="00145E8E"/>
     <w:rsid w:val="00152047"/>
+    <w:rsid w:val="00153854"/>
     <w:rsid w:val="001551A3"/>
     <w:rsid w:val="00156079"/>
     <w:rsid w:val="00157CEC"/>
     <w:rsid w:val="00160F39"/>
     <w:rsid w:val="00161B61"/>
     <w:rsid w:val="001649A2"/>
     <w:rsid w:val="001666A4"/>
     <w:rsid w:val="0017018B"/>
     <w:rsid w:val="001703F0"/>
     <w:rsid w:val="00172BA2"/>
     <w:rsid w:val="001773DA"/>
     <w:rsid w:val="0018183F"/>
     <w:rsid w:val="00182895"/>
     <w:rsid w:val="00185944"/>
     <w:rsid w:val="001866C4"/>
     <w:rsid w:val="001927EE"/>
     <w:rsid w:val="00193E79"/>
     <w:rsid w:val="00195115"/>
     <w:rsid w:val="001970F9"/>
     <w:rsid w:val="001A054E"/>
     <w:rsid w:val="001A200F"/>
     <w:rsid w:val="001A2022"/>
     <w:rsid w:val="001A2D1B"/>
     <w:rsid w:val="001A324E"/>
     <w:rsid w:val="001A5B06"/>
@@ -5686,93 +5797,95 @@
     <w:rsid w:val="00274D84"/>
     <w:rsid w:val="00285F97"/>
     <w:rsid w:val="00293BA1"/>
     <w:rsid w:val="00294821"/>
     <w:rsid w:val="00294BC8"/>
     <w:rsid w:val="00295411"/>
     <w:rsid w:val="00295758"/>
     <w:rsid w:val="002A229C"/>
     <w:rsid w:val="002A361B"/>
     <w:rsid w:val="002A4CD2"/>
     <w:rsid w:val="002B0987"/>
     <w:rsid w:val="002B18C4"/>
     <w:rsid w:val="002B3739"/>
     <w:rsid w:val="002C0AD1"/>
     <w:rsid w:val="002C1160"/>
     <w:rsid w:val="002C2596"/>
     <w:rsid w:val="002D41BD"/>
     <w:rsid w:val="002D54DE"/>
     <w:rsid w:val="002E2EA6"/>
     <w:rsid w:val="002E5E0B"/>
     <w:rsid w:val="002F2405"/>
     <w:rsid w:val="002F3493"/>
     <w:rsid w:val="002F3730"/>
     <w:rsid w:val="003013C1"/>
     <w:rsid w:val="00301A00"/>
+    <w:rsid w:val="00302C24"/>
     <w:rsid w:val="00303DC5"/>
     <w:rsid w:val="00313FB9"/>
     <w:rsid w:val="00317DA5"/>
     <w:rsid w:val="003273DB"/>
     <w:rsid w:val="00330451"/>
     <w:rsid w:val="00331E4A"/>
     <w:rsid w:val="003359D5"/>
     <w:rsid w:val="00337572"/>
     <w:rsid w:val="003451C5"/>
     <w:rsid w:val="00355F8E"/>
     <w:rsid w:val="00356A2B"/>
     <w:rsid w:val="00357747"/>
     <w:rsid w:val="0036027C"/>
     <w:rsid w:val="00360D70"/>
     <w:rsid w:val="00363BAB"/>
     <w:rsid w:val="00370C93"/>
     <w:rsid w:val="00370DA6"/>
     <w:rsid w:val="003716A0"/>
     <w:rsid w:val="0037224A"/>
     <w:rsid w:val="00374332"/>
     <w:rsid w:val="00384858"/>
     <w:rsid w:val="0038776C"/>
     <w:rsid w:val="003914D6"/>
     <w:rsid w:val="00396AE5"/>
     <w:rsid w:val="003A6226"/>
     <w:rsid w:val="003B19F3"/>
     <w:rsid w:val="003C73E3"/>
     <w:rsid w:val="003D2CA3"/>
     <w:rsid w:val="003F0FC3"/>
     <w:rsid w:val="003F1246"/>
     <w:rsid w:val="003F377B"/>
     <w:rsid w:val="00410116"/>
     <w:rsid w:val="00420347"/>
     <w:rsid w:val="0042212F"/>
     <w:rsid w:val="00425D58"/>
     <w:rsid w:val="00431E1D"/>
     <w:rsid w:val="00440399"/>
     <w:rsid w:val="00450C1D"/>
     <w:rsid w:val="00450C6B"/>
     <w:rsid w:val="004628A9"/>
     <w:rsid w:val="00463AEC"/>
     <w:rsid w:val="004647BC"/>
     <w:rsid w:val="00466662"/>
+    <w:rsid w:val="0047007A"/>
     <w:rsid w:val="00470FA5"/>
     <w:rsid w:val="0048468D"/>
     <w:rsid w:val="00485AAC"/>
     <w:rsid w:val="0048771B"/>
     <w:rsid w:val="00490F1F"/>
     <w:rsid w:val="00493294"/>
     <w:rsid w:val="004956D1"/>
     <w:rsid w:val="004A34ED"/>
     <w:rsid w:val="004A7E32"/>
     <w:rsid w:val="004B01A6"/>
     <w:rsid w:val="004B1E63"/>
     <w:rsid w:val="004B36EB"/>
     <w:rsid w:val="004B3A51"/>
     <w:rsid w:val="004B7291"/>
     <w:rsid w:val="004C2BDF"/>
     <w:rsid w:val="004C7545"/>
     <w:rsid w:val="004D2852"/>
     <w:rsid w:val="004D2CD1"/>
     <w:rsid w:val="004D452A"/>
     <w:rsid w:val="004D4B2E"/>
     <w:rsid w:val="004D524D"/>
     <w:rsid w:val="004E116D"/>
     <w:rsid w:val="004F01F7"/>
     <w:rsid w:val="004F23FB"/>
     <w:rsid w:val="004F44F7"/>
@@ -5794,50 +5907,51 @@
     <w:rsid w:val="0054324B"/>
     <w:rsid w:val="00543318"/>
     <w:rsid w:val="00544791"/>
     <w:rsid w:val="00550C29"/>
     <w:rsid w:val="0056358C"/>
     <w:rsid w:val="005857C6"/>
     <w:rsid w:val="00585956"/>
     <w:rsid w:val="00586713"/>
     <w:rsid w:val="00595402"/>
     <w:rsid w:val="00595B95"/>
     <w:rsid w:val="0059618C"/>
     <w:rsid w:val="00596D6B"/>
     <w:rsid w:val="005B34EB"/>
     <w:rsid w:val="005B6AB2"/>
     <w:rsid w:val="005B7EC3"/>
     <w:rsid w:val="005D08BE"/>
     <w:rsid w:val="005D4854"/>
     <w:rsid w:val="005E4007"/>
     <w:rsid w:val="005F1EB8"/>
     <w:rsid w:val="005F3001"/>
     <w:rsid w:val="005F4038"/>
     <w:rsid w:val="005F4801"/>
     <w:rsid w:val="006001E7"/>
     <w:rsid w:val="00600FF5"/>
     <w:rsid w:val="00601585"/>
+    <w:rsid w:val="006017D8"/>
     <w:rsid w:val="00601E92"/>
     <w:rsid w:val="006065A2"/>
     <w:rsid w:val="00607529"/>
     <w:rsid w:val="006103CC"/>
     <w:rsid w:val="00612F57"/>
     <w:rsid w:val="00613AFE"/>
     <w:rsid w:val="00620E53"/>
     <w:rsid w:val="00631A4F"/>
     <w:rsid w:val="00632045"/>
     <w:rsid w:val="00633CBE"/>
     <w:rsid w:val="006341E0"/>
     <w:rsid w:val="006349C9"/>
     <w:rsid w:val="00636057"/>
     <w:rsid w:val="006366FC"/>
     <w:rsid w:val="00640CD4"/>
     <w:rsid w:val="00643B74"/>
     <w:rsid w:val="006441A8"/>
     <w:rsid w:val="006461A4"/>
     <w:rsid w:val="00647115"/>
     <w:rsid w:val="00647263"/>
     <w:rsid w:val="00647C45"/>
     <w:rsid w:val="00651FF0"/>
     <w:rsid w:val="00665E80"/>
     <w:rsid w:val="00673CAE"/>
     <w:rsid w:val="00677871"/>
@@ -6038,63 +6152,65 @@
     <w:rsid w:val="00AD0556"/>
     <w:rsid w:val="00AD0722"/>
     <w:rsid w:val="00AD3C77"/>
     <w:rsid w:val="00AD4D8A"/>
     <w:rsid w:val="00AD7ADD"/>
     <w:rsid w:val="00AE1AB5"/>
     <w:rsid w:val="00AE44DE"/>
     <w:rsid w:val="00AF0EF0"/>
     <w:rsid w:val="00AF38A4"/>
     <w:rsid w:val="00AF4C24"/>
     <w:rsid w:val="00AF646E"/>
     <w:rsid w:val="00B00CC9"/>
     <w:rsid w:val="00B123EF"/>
     <w:rsid w:val="00B15A16"/>
     <w:rsid w:val="00B316DF"/>
     <w:rsid w:val="00B37DDE"/>
     <w:rsid w:val="00B42FB1"/>
     <w:rsid w:val="00B50E21"/>
     <w:rsid w:val="00B549FC"/>
     <w:rsid w:val="00B5629E"/>
     <w:rsid w:val="00B5781C"/>
     <w:rsid w:val="00B6089A"/>
     <w:rsid w:val="00B66A1C"/>
     <w:rsid w:val="00B84A2C"/>
     <w:rsid w:val="00B86405"/>
+    <w:rsid w:val="00B87D68"/>
     <w:rsid w:val="00B909F6"/>
     <w:rsid w:val="00BA7843"/>
     <w:rsid w:val="00BB081D"/>
     <w:rsid w:val="00BB18B2"/>
     <w:rsid w:val="00BB2BA7"/>
     <w:rsid w:val="00BB3A76"/>
     <w:rsid w:val="00BB42D4"/>
     <w:rsid w:val="00BB5327"/>
     <w:rsid w:val="00BB6481"/>
     <w:rsid w:val="00BB6535"/>
     <w:rsid w:val="00BC175F"/>
     <w:rsid w:val="00BC5FBB"/>
     <w:rsid w:val="00BC653A"/>
+    <w:rsid w:val="00BC7F8B"/>
     <w:rsid w:val="00BD0A6B"/>
     <w:rsid w:val="00BD3D73"/>
     <w:rsid w:val="00BE3CB5"/>
     <w:rsid w:val="00BE4672"/>
     <w:rsid w:val="00BE59D1"/>
     <w:rsid w:val="00C01372"/>
     <w:rsid w:val="00C07064"/>
     <w:rsid w:val="00C1351E"/>
     <w:rsid w:val="00C21D6A"/>
     <w:rsid w:val="00C2459F"/>
     <w:rsid w:val="00C27EB5"/>
     <w:rsid w:val="00C33DC0"/>
     <w:rsid w:val="00C3455F"/>
     <w:rsid w:val="00C44816"/>
     <w:rsid w:val="00C44E43"/>
     <w:rsid w:val="00C45897"/>
     <w:rsid w:val="00C47AE4"/>
     <w:rsid w:val="00C57A4A"/>
     <w:rsid w:val="00C57D69"/>
     <w:rsid w:val="00C57E7C"/>
     <w:rsid w:val="00C6036F"/>
     <w:rsid w:val="00C64A73"/>
     <w:rsid w:val="00C66A35"/>
     <w:rsid w:val="00C82CB2"/>
     <w:rsid w:val="00C8438D"/>
@@ -6107,50 +6223,51 @@
     <w:rsid w:val="00CA543C"/>
     <w:rsid w:val="00CA6A78"/>
     <w:rsid w:val="00CA7050"/>
     <w:rsid w:val="00CB697E"/>
     <w:rsid w:val="00CC0935"/>
     <w:rsid w:val="00CC3C2A"/>
     <w:rsid w:val="00CC4082"/>
     <w:rsid w:val="00CC4484"/>
     <w:rsid w:val="00CD0C5F"/>
     <w:rsid w:val="00CD1541"/>
     <w:rsid w:val="00CD61D4"/>
     <w:rsid w:val="00CD637A"/>
     <w:rsid w:val="00CE054A"/>
     <w:rsid w:val="00CE2055"/>
     <w:rsid w:val="00CF1533"/>
     <w:rsid w:val="00CF7239"/>
     <w:rsid w:val="00D040F6"/>
     <w:rsid w:val="00D1172A"/>
     <w:rsid w:val="00D13453"/>
     <w:rsid w:val="00D272E6"/>
     <w:rsid w:val="00D31DCE"/>
     <w:rsid w:val="00D42B91"/>
     <w:rsid w:val="00D50971"/>
     <w:rsid w:val="00D51819"/>
     <w:rsid w:val="00D53949"/>
+    <w:rsid w:val="00D5772C"/>
     <w:rsid w:val="00D57E64"/>
     <w:rsid w:val="00D622F5"/>
     <w:rsid w:val="00D703BA"/>
     <w:rsid w:val="00D74DE3"/>
     <w:rsid w:val="00D7545B"/>
     <w:rsid w:val="00D756F1"/>
     <w:rsid w:val="00D75A3B"/>
     <w:rsid w:val="00D7649F"/>
     <w:rsid w:val="00D835C1"/>
     <w:rsid w:val="00D84033"/>
     <w:rsid w:val="00DA5DF1"/>
     <w:rsid w:val="00DB0B55"/>
     <w:rsid w:val="00DC09C0"/>
     <w:rsid w:val="00DC0C0F"/>
     <w:rsid w:val="00DC4143"/>
     <w:rsid w:val="00DC4FDC"/>
     <w:rsid w:val="00DC7E16"/>
     <w:rsid w:val="00DD1936"/>
     <w:rsid w:val="00DD4517"/>
     <w:rsid w:val="00DD5FAA"/>
     <w:rsid w:val="00DE0AE6"/>
     <w:rsid w:val="00DE0CEA"/>
     <w:rsid w:val="00DE6B75"/>
     <w:rsid w:val="00DF12BA"/>
     <w:rsid w:val="00DF546C"/>
@@ -6163,50 +6280,51 @@
     <w:rsid w:val="00E15297"/>
     <w:rsid w:val="00E15B0B"/>
     <w:rsid w:val="00E21AED"/>
     <w:rsid w:val="00E23E02"/>
     <w:rsid w:val="00E244C9"/>
     <w:rsid w:val="00E25237"/>
     <w:rsid w:val="00E30AAF"/>
     <w:rsid w:val="00E40103"/>
     <w:rsid w:val="00E40617"/>
     <w:rsid w:val="00E40B3C"/>
     <w:rsid w:val="00E430EF"/>
     <w:rsid w:val="00E43A29"/>
     <w:rsid w:val="00E50969"/>
     <w:rsid w:val="00E5476A"/>
     <w:rsid w:val="00E709E7"/>
     <w:rsid w:val="00E70A1D"/>
     <w:rsid w:val="00E70F3C"/>
     <w:rsid w:val="00E71844"/>
     <w:rsid w:val="00E77402"/>
     <w:rsid w:val="00E81A3C"/>
     <w:rsid w:val="00E823F3"/>
     <w:rsid w:val="00E8296C"/>
     <w:rsid w:val="00E91926"/>
     <w:rsid w:val="00E9212C"/>
     <w:rsid w:val="00EA0201"/>
+    <w:rsid w:val="00EA5AF2"/>
     <w:rsid w:val="00EA603A"/>
     <w:rsid w:val="00EA6A15"/>
     <w:rsid w:val="00EA727B"/>
     <w:rsid w:val="00EB06DD"/>
     <w:rsid w:val="00EB6469"/>
     <w:rsid w:val="00EC75DB"/>
     <w:rsid w:val="00ED2FCE"/>
     <w:rsid w:val="00EE269E"/>
     <w:rsid w:val="00EE3946"/>
     <w:rsid w:val="00EF049F"/>
     <w:rsid w:val="00EF22F6"/>
     <w:rsid w:val="00EF4576"/>
     <w:rsid w:val="00EF5942"/>
     <w:rsid w:val="00F0238B"/>
     <w:rsid w:val="00F03F2A"/>
     <w:rsid w:val="00F118D9"/>
     <w:rsid w:val="00F12764"/>
     <w:rsid w:val="00F250D3"/>
     <w:rsid w:val="00F32147"/>
     <w:rsid w:val="00F3586E"/>
     <w:rsid w:val="00F35935"/>
     <w:rsid w:val="00F4228E"/>
     <w:rsid w:val="00F43B4E"/>
     <w:rsid w:val="00F55F30"/>
     <w:rsid w:val="00F677E8"/>
@@ -6243,51 +6361,51 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="747E80EA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3412AE0B-E4EA-4220-B9D5-9327495144F7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6810,51 +6928,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="007A6CB0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007A6CB0"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmd@baptist.org.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:cmd@baptist.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/cmdhandbook" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Groups/220877/Guidance_for_Churches.aspx)" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -7423,83 +7541,98 @@
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8192D033-9E23-4739-A7AA-EDBE048C84C5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{23C38CC1-5D16-4247-AF0E-47C7757FF2F4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EBA2988-6F22-4603-98B0-F5715CE347B5}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0EBA2988-6F22-4603-98B0-F5715CE347B5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>946</Words>
-  <Characters>5398</Characters>
+  <Words>966</Words>
+  <Characters>5507</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
+  <Lines>45</Lines>
   <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6332</CharactersWithSpaces>
+  <CharactersWithSpaces>6461</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tim Fergusson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FCA849790BCDCE4F94588C7B7BB89C72</vt:lpwstr>
   </property>