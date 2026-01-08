--- v0 (2025-11-15)
+++ v1 (2026-01-08)
@@ -220,90 +220,89 @@
         <w:spacing w:before="53"/>
         <w:ind w:left="567" w:right="569"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="56"/>
         </w:rPr>
         <w:t>BAPTIST CHURCHES</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4793C222" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00B73C1E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="56"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4793C223" w14:textId="099C99EB" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
+    <w:p w14:paraId="4793C224" w14:textId="54BF2587" w:rsidR="00B73C1E" w:rsidRPr="003D206A" w:rsidRDefault="00476320" w:rsidP="003D206A">
       <w:pPr>
         <w:spacing w:before="376"/>
         <w:ind w:left="568" w:right="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="40"/>
         </w:rPr>
-      </w:pPr>
-[...21 lines deleted...]
-        <w:sectPr w:rsidR="00B73C1E">
+        <w:sectPr w:rsidR="00B73C1E" w:rsidRPr="003D206A">
           <w:footerReference w:type="default" r:id="rId12"/>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1300" w:bottom="920" w:left="1300" w:header="720" w:footer="726" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>This version published July 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00917CDD">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="003D206A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>, updated December 2025</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4793C225" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:ind w:left="140"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Contents"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:color w:val="2E5395"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Contents</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4793C226" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00B73C1E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="3"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light"/>
           <w:sz w:val="39"/>
         </w:rPr>
       </w:pPr>
@@ -5004,59 +5003,51 @@
       <w:r>
         <w:t>know about as a poten</w:t>
       </w:r>
       <w:r w:rsidR="00C52503">
         <w:t>ti</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">al </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">employer. </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">What </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-92"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidR="00C52503">
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">  can ask will </w:t>
+        <w:t xml:space="preserve"> ou  can ask will </w:t>
       </w:r>
       <w:r>
         <w:t>depend on the role they will be doing. For more informa</w:t>
       </w:r>
       <w:r w:rsidR="00C52503">
         <w:t>ti</w:t>
       </w:r>
       <w:r>
         <w:t>on about this, see our</w:t>
       </w:r>
       <w:r w:rsidR="00C52503">
         <w:t xml:space="preserve"> legislation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>and guidance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
@@ -5220,51 +5211,51 @@
     <w:p w14:paraId="4793C2A3" w14:textId="0E39C514" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="182" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="139"/>
       </w:pPr>
       <w:r>
         <w:t>The self-disclosure form does not replace the need for a criminal records check</w:t>
       </w:r>
       <w:r w:rsidR="00C52503">
         <w:t xml:space="preserve"> (DBS)</w:t>
       </w:r>
       <w:r>
         <w:t>. Criminal records checks should always be carried out as appropriate to the role.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4793C2A4" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00B73C1E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4793C2A5" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
+    <w:p w14:paraId="4793C2A5" w14:textId="54604F50" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9528"/>
         </w:tabs>
         <w:spacing w:before="57" w:line="400" w:lineRule="auto"/>
         <w:ind w:left="140" w:right="109"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
         </w:rPr>
         <w:t xml:space="preserve">Looking </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
         </w:rPr>
@@ -5283,67 +5274,80 @@
         </w:rPr>
         <w:t>can ﬁnd a good</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
         </w:rPr>
         <w:t xml:space="preserve"> example </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
         </w:rPr>
         <w:t>here:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:shd w:val="clear" w:color="auto" w:fill="D9E1F3"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
-        <w:r>
+    </w:p>
+    <w:p w14:paraId="00DE317C" w14:textId="77777777" w:rsidR="00AF676D" w:rsidRPr="00AF676D" w:rsidRDefault="00AF676D" w:rsidP="00AF676D">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9528"/>
+        </w:tabs>
+        <w:spacing w:before="57" w:line="400" w:lineRule="auto"/>
+        <w:ind w:left="140" w:right="109"/>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00AF676D">
           <w:rPr>
-            <w:color w:val="0562C1"/>
-            <w:u w:val="single" w:color="0562C1"/>
+            <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
-          <w:t>htps://learning.nspcc.org.uk/media/1588/self-disclosure-forms.pdf</w:t>
+          <w:t xml:space="preserve">Template self-disclosure </w:t>
+        </w:r>
+        <w:r w:rsidRPr="00AF676D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>f</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00AF676D">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+          </w:rPr>
+          <w:t>orms</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="4793C2A7" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="524"/>
         </w:tabs>
         <w:spacing w:before="210"/>
       </w:pPr>
       <w:bookmarkStart w:id="16" w:name="2.6_References"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:color w:val="2E5395"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4793C2A8" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
@@ -8239,95 +8243,70 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="2E5395"/>
         </w:rPr>
         <w:t>checks</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4793C2FA" w14:textId="1A839C56" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="23" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="139" w:right="140"/>
       </w:pPr>
       <w:r>
         <w:t>There are diﬀerent types of criminal record checks depending on the nature of the work being carried out. Our Guide to DBS Checks contains a useful table of church roles, indica</w:t>
       </w:r>
       <w:r w:rsidR="00D61DC1">
         <w:t>ti</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ng the level and type of check needed. </w:t>
       </w:r>
       <w:hyperlink r:id="rId19">
-        <w:proofErr w:type="spellStart"/>
         <w:r>
           <w:rPr>
             <w:color w:val="0562C1"/>
             <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
-          <w:t>htps</w:t>
-[...7 lines deleted...]
-          <w:t>://www.bap</w:t>
+          <w:t>htps://www.bap</w:t>
         </w:r>
         <w:r w:rsidR="00D61DC1">
           <w:rPr>
             <w:color w:val="0562C1"/>
             <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
           <w:t>ti</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="0562C1"/>
             <w:u w:val="single" w:color="0562C1"/>
           </w:rPr>
-          <w:t>st.org.uk/</w:t>
-[...15 lines deleted...]
-          <w:t>/452419/BUGB_Guide_to.aspx</w:t>
+          <w:t>st.org.uk/Ar�cles/452419/BUGB_Guide_to.aspx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="4793C2FB" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00B73C1E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4793C2FC" w14:textId="4904B4CD" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="57" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="139"/>
       </w:pPr>
       <w:r>
         <w:t>In England and Wales, if someone is doing "regulated ac</w:t>
       </w:r>
       <w:r w:rsidR="00D61DC1">
         <w:t>tiv</w:t>
       </w:r>
       <w:r>
@@ -14126,59 +14105,51 @@
     <w:p w14:paraId="4793C384" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="139"/>
       </w:pPr>
       <w:r>
         <w:t>Deciding to recruit</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4793C385" w14:textId="2D50E1EA" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="180" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="139" w:right="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The decision </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">to </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">recruit into a new role or to replace a </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> in an exis</w:t>
+        <w:t>recruit into a new role or to replace a leaver in an exis</w:t>
       </w:r>
       <w:r w:rsidR="00463596">
         <w:t>ti</w:t>
       </w:r>
       <w:r>
         <w:t>ng role will be made by the church trustees, usually on the recommenda</w:t>
       </w:r>
       <w:r w:rsidR="00463596">
         <w:t>ti</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">on of the line </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">manager. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve">Before </w:t>
       </w:r>
@@ -17672,125 +17643,105 @@
                               <w:t>can view current vacancies and look at</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:spacing w:val="31"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>adverts,</w:t>
                             </w:r>
                             <w:r w:rsidR="00AE6257">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:spacing w:val="-1"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> job </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
-                              <w:t>descrip�ons</w:t>
-[...7 lines deleted...]
-                              <w:t xml:space="preserve"> and person speciﬁca</w:t>
+                              <w:t>descrip�ons and person speciﬁca</w:t>
                             </w:r>
                             <w:r w:rsidR="00AE6257">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>ti</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>ons produced for a wide range of church-based roles</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:spacing w:val="2"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>here:</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="4793C58E" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
                             <w:pPr>
                               <w:spacing w:before="160"/>
                               <w:ind w:left="107"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                             </w:pPr>
                             <w:hyperlink r:id="rId29">
-                              <w:proofErr w:type="spellStart"/>
                               <w:r>
                                 <w:rPr>
                                   <w:b/>
                                   <w:bCs/>
                                   <w:color w:val="0562C1"/>
                                   <w:u w:val="single" w:color="0562C1"/>
                                 </w:rPr>
-                                <w:t>htps</w:t>
-[...9 lines deleted...]
-                                <w:t>://www.bap�st.org.uk/Groups/220498/Jobs.aspx</w:t>
+                                <w:t>htps://www.bap�st.org.uk/Groups/220498/Jobs.aspx</w:t>
                               </w:r>
                             </w:hyperlink>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="4793C582" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
@@ -17917,125 +17868,105 @@
                         <w:t>can view current vacancies and look at</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:spacing w:val="31"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>adverts,</w:t>
                       </w:r>
                       <w:r w:rsidR="00AE6257">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:spacing w:val="-1"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> job </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
-                        <w:t>descrip�ons</w:t>
-[...7 lines deleted...]
-                        <w:t xml:space="preserve"> and person speciﬁca</w:t>
+                        <w:t>descrip�ons and person speciﬁca</w:t>
                       </w:r>
                       <w:r w:rsidR="00AE6257">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>ti</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>ons produced for a wide range of church-based roles</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:spacing w:val="2"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>here:</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="4793C58E" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
                       <w:pPr>
                         <w:spacing w:before="160"/>
                         <w:ind w:left="107"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                       </w:pPr>
                       <w:hyperlink r:id="rId30">
-                        <w:proofErr w:type="spellStart"/>
                         <w:r>
                           <w:rPr>
                             <w:b/>
                             <w:bCs/>
                             <w:color w:val="0562C1"/>
                             <w:u w:val="single" w:color="0562C1"/>
                           </w:rPr>
-                          <w:t>htps</w:t>
-[...9 lines deleted...]
-                          <w:t>://www.bap�st.org.uk/Groups/220498/Jobs.aspx</w:t>
+                          <w:t>htps://www.bap�st.org.uk/Groups/220498/Jobs.aspx</w:t>
                         </w:r>
                       </w:hyperlink>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:p w14:paraId="4793C3F3" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00B73C1E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
         </w:rPr>
         <w:sectPr w:rsidR="00B73C1E">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1380" w:right="1220" w:bottom="1200" w:left="1220" w:header="0" w:footer="922" w:gutter="0"/>
           <w:cols w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
@@ -19398,57 +19329,52 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4793C433" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00B73C1E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4793C434" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00B73C1E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4793C435" w14:textId="6CEE4176" w:rsidR="00B73C1E" w:rsidRDefault="00476320">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:ind w:left="220"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2 - Educa</w:t>
+      <w:r>
+        <w:t>Sec�on 2 - Educa</w:t>
       </w:r>
       <w:r w:rsidR="00AE6257">
         <w:t>ti</w:t>
       </w:r>
       <w:r>
         <w:t>on/training</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4793C436" w14:textId="77777777" w:rsidR="00B73C1E" w:rsidRDefault="00B73C1E">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="1"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="15"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="235" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="ABABAB"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="ABABAB"/>
@@ -25382,58 +25308,58 @@
         <w:tab/>
         <w:t>Date of issue: July</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2023</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B73C1E">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1380" w:right="1220" w:bottom="1120" w:left="1220" w:header="0" w:footer="922" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4793C58F" w14:textId="77777777" w:rsidR="00476320" w:rsidRDefault="00476320">
+    <w:p w14:paraId="7422401B" w14:textId="77777777" w:rsidR="00C11686" w:rsidRDefault="00C11686">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4793C591" w14:textId="77777777" w:rsidR="00476320" w:rsidRDefault="00476320">
+    <w:p w14:paraId="2CEC264A" w14:textId="77777777" w:rsidR="00C11686" w:rsidRDefault="00C11686">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -25749,58 +25675,58 @@
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>30</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4793C58B" w14:textId="77777777" w:rsidR="00476320" w:rsidRDefault="00476320">
+    <w:p w14:paraId="5842521A" w14:textId="77777777" w:rsidR="00C11686" w:rsidRDefault="00C11686">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4793C58D" w14:textId="77777777" w:rsidR="00476320" w:rsidRDefault="00476320">
+    <w:p w14:paraId="5CA50CE1" w14:textId="77777777" w:rsidR="00C11686" w:rsidRDefault="00C11686">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0A8965FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="71E02FBE"/>
     <w:lvl w:ilvl="0" w:tplc="08AAE0A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="940" w:hanging="721"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
@@ -26520,98 +26446,99 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="458380888">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="2142570618">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="257719756">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1243876541">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2068142980">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1163550827">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="150"/>
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B73C1E"/>
+    <w:rsid w:val="00172B67"/>
     <w:rsid w:val="00180CE0"/>
     <w:rsid w:val="00383200"/>
+    <w:rsid w:val="003D206A"/>
     <w:rsid w:val="003E3CC5"/>
     <w:rsid w:val="003F02B5"/>
     <w:rsid w:val="00463596"/>
     <w:rsid w:val="00476320"/>
     <w:rsid w:val="0055084F"/>
     <w:rsid w:val="005D1306"/>
     <w:rsid w:val="005F3E22"/>
     <w:rsid w:val="006411F7"/>
     <w:rsid w:val="00677349"/>
     <w:rsid w:val="00704549"/>
     <w:rsid w:val="0081247F"/>
     <w:rsid w:val="00891B70"/>
     <w:rsid w:val="00917CDD"/>
     <w:rsid w:val="00A9415B"/>
     <w:rsid w:val="00AE6257"/>
+    <w:rsid w:val="00AF676D"/>
     <w:rsid w:val="00B73C1E"/>
+    <w:rsid w:val="00C11686"/>
     <w:rsid w:val="00C52503"/>
     <w:rsid w:val="00D61DC1"/>
     <w:rsid w:val="00F82FC1"/>
     <w:rsid w:val="00FB6613"/>
     <w:rsid w:val="00FF348F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
@@ -27057,51 +26984,50 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="940"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
@@ -27129,59 +27055,71 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00476320"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00476320"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AF676D"/>
+    <w:rPr>
+      <w:color w:val="800080" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HR@baptist.org.uk." TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/dbs-update-service" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HR@baptist.org.uk%20" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/right-to-work-checks-employers-guide" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/L08" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enic.org.uk/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://learning.nspcc.org.uk/media/1588/self-disclosure-forms.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/transgender-applications" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Groups/220498/Jobs.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/criminal-records-checks-for-overseas-applicants" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Safeguarding@baptist.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/452419/BUGB_Guide_to.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/criminal-records-checks-for-overseas-applicants" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/452419/BUGB_Guide_to.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HR@baptist.org.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/resources/L09" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/368689/Guideline_Leaflet_L08.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Groups/330138/Safeguarding_training.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Groups/220498/Jobs.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HR@baptist.org.uk." TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/dbs-update-service" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HR@baptist.org.uk%20" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/right-to-work-checks-employers-guide" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/L08" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.enic.org.uk/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gbr01.safelinks.protection.outlook.com/?url=https%3A%2F%2Flearning.nspcc.org.uk%2Fmedia%2Ft4djdfur%2Fself-disclosure-forms.pdf&amp;data=05%7C02%7Cnkenna%40baptist.org.uk%7C10f33420afee41e2865608de3d5f9013%7Ca460c1e1ddb645a6a2b918582f5cccac%7C0%7C0%7C639015677817070854%7CUnknown%7CTWFpbGZsb3d8eyJFbXB0eU1hcGkiOnRydWUsIlYiOiIwLjAuMDAwMCIsIlAiOiJXaW4zMiIsIkFOIjoiTWFpbCIsIldUIjoyfQ%3D%3D%7C0%7C%7C%7C&amp;sdata=J9xs5ScAwn%2F5gS1P%2Fm4%2BtAcU4vNCOcS%2F2yp27fOPV2Y%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/guidance/transgender-applications" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Groups/220498/Jobs.aspx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/criminal-records-checks-for-overseas-applicants" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Safeguarding@baptist.org.uk" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/452419/BUGB_Guide_to.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/criminal-records-checks-for-overseas-applicants" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/452419/BUGB_Guide_to.aspx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:HR@baptist.org.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/resources/L09" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/368689/Guideline_Leaflet_L08.aspx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Groups/330138/Safeguarding_training.aspx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Groups/220498/Jobs.aspx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -27447,50 +27385,59 @@
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="84625651-3bc3-44cd-ba75-94828c8aeee2">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003D703C6F8AC3294386D6612674F2B513" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1b9a834c53a17373872fb036d2920625">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84625651-3bc3-44cd-ba75-94828c8aeee2" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e6689544a95fd89d2aa4051b9cae93f6" ns2:_="" ns3:_="">
     <xsd:import namespace="84625651-3bc3-44cd-ba75-94828c8aeee2"/>
     <xsd:import namespace="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -27701,134 +27648,118 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFEB012C-C7A4-4D99-AB2C-82EB21F72244}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="84625651-3bc3-44cd-ba75-94828c8aeee2"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{71852664-A99A-4D1D-8CFD-6E6840EBE35D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9085D99-C870-4A7F-A91B-C85D19CC159F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="84625651-3bc3-44cd-ba75-94828c8aeee2"/>
     <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>34</Pages>
-  <Words>7350</Words>
-  <Characters>41896</Characters>
+  <Words>7409</Words>
+  <Characters>42233</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>349</Lines>
-  <Paragraphs>98</Paragraphs>
+  <Lines>351</Lines>
+  <Paragraphs>99</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>RedRock Consulting Limited</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>49148</CharactersWithSpaces>
+  <CharactersWithSpaces>49543</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Rachel Stone</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-08-01T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 20 for Word</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">