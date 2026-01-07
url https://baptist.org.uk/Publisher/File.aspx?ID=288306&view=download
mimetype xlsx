--- v0 (2025-10-30)
+++ v1 (2026-01-07)
@@ -7,189 +7,178 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Ministry\Forms Policies Guidelines and Documents\WEBSITE\Shared Website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{FE6AF44F-23C4-4AF8-9920-FE62B04D0D88}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F24CD465-7BCE-4708-8C49-8D51BE010C1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{63D4E363-CC1F-453B-AD92-91111022AB26}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{63D4E363-CC1F-453B-AD92-91111022AB26}"/>
   </bookViews>
   <sheets>
     <sheet name="Calculator" sheetId="1" r:id="rId1"/>
     <sheet name="Default Assumptions" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="G34" i="1" l="1"/>
+  <c r="G32" i="1"/>
+  <c r="C13" i="2"/>
+  <c r="C10" i="2"/>
+  <c r="C12" i="2"/>
+  <c r="C11" i="2"/>
   <c r="C17" i="2" l="1"/>
   <c r="C16" i="2"/>
-  <c r="C15" i="2"/>
-[...5 lines deleted...]
-  <c r="C12" i="2"/>
+  <c r="D25" i="1"/>
   <c r="C9" i="2"/>
+  <c r="D24" i="1" s="1"/>
   <c r="C4" i="2"/>
-  <c r="D36" i="1" l="1"/>
-[...3 lines deleted...]
-  <c r="D30" i="1"/>
+  <c r="C15" i="2" l="1"/>
+  <c r="D34" i="1" l="1"/>
+  <c r="D33" i="1"/>
+  <c r="D32" i="1"/>
   <c r="D29" i="1"/>
   <c r="D28" i="1"/>
   <c r="D27" i="1"/>
   <c r="D26" i="1"/>
-  <c r="D25" i="1"/>
-  <c r="D20" i="1"/>
   <c r="D19" i="1"/>
-  <c r="G36" i="1" l="1"/>
-[...7 lines deleted...]
-  <c r="H30" i="1" s="1"/>
+  <c r="D18" i="1"/>
+  <c r="H34" i="1" l="1"/>
+  <c r="G33" i="1"/>
+  <c r="H33" i="1" s="1"/>
   <c r="G29" i="1"/>
   <c r="H29" i="1" s="1"/>
   <c r="G28" i="1"/>
   <c r="H28" i="1" s="1"/>
   <c r="G27" i="1"/>
   <c r="H27" i="1" s="1"/>
   <c r="G26" i="1"/>
   <c r="H26" i="1" s="1"/>
   <c r="G25" i="1"/>
-  <c r="G20" i="1"/>
+  <c r="H25" i="1" s="1"/>
+  <c r="G24" i="1"/>
+  <c r="H24" i="1" s="1"/>
   <c r="G19" i="1"/>
-  <c r="D21" i="1" l="1"/>
-  <c r="G21" i="1" s="1"/>
+  <c r="G18" i="1"/>
+  <c r="D20" i="1" l="1"/>
+  <c r="G20" i="1" s="1"/>
+  <c r="H20" i="1" s="1"/>
+  <c r="H19" i="1"/>
+  <c r="G21" i="1"/>
   <c r="H21" i="1" s="1"/>
-  <c r="H20" i="1"/>
+  <c r="H18" i="1"/>
+  <c r="G30" i="1"/>
+  <c r="H30" i="1"/>
+  <c r="G35" i="1"/>
+  <c r="H32" i="1"/>
+  <c r="H35" i="1" s="1"/>
+  <c r="H22" i="1" l="1"/>
+  <c r="H37" i="1" s="1"/>
   <c r="G22" i="1"/>
-  <c r="H22" i="1" s="1"/>
-[...10 lines deleted...]
-  <c r="G39" i="1" s="1"/>
+  <c r="G37" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="75">
   <si>
     <r>
       <t xml:space="preserve">Inputs - complete all </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FFFFC000"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>orange cells</t>
     </r>
   </si>
   <si>
     <t>Is Your Minister Full Time?</t>
   </si>
   <si>
     <t>Yes</t>
   </si>
   <si>
     <t>If Part Time, what percentage of full time hours</t>
   </si>
   <si>
     <t>How is Housing provided?</t>
   </si>
   <si>
     <t>Manse</t>
   </si>
   <si>
-    <t>If Manse, is it owned or leased</t>
-[...4 lines deleted...]
-  <si>
     <t>If Manse, does church cover energy bills?</t>
   </si>
   <si>
     <t>Is the church eligible for the Employment Allowance?</t>
   </si>
   <si>
     <t>Check eligibility at</t>
   </si>
   <si>
     <t>https://www.gov.uk/claim-employment-allowance</t>
   </si>
   <si>
     <t>Cost Estimates</t>
   </si>
   <si>
     <t>Default assumption</t>
   </si>
   <si>
     <t>Use default assumption?</t>
   </si>
   <si>
     <t>Custom Assumption</t>
   </si>
   <si>
     <t>Per year</t>
@@ -197,53 +186,50 @@
   <si>
     <t>Per month</t>
   </si>
   <si>
     <t>Payroll Costs</t>
   </si>
   <si>
     <t>Stipend</t>
   </si>
   <si>
     <t>Housing Allowance</t>
   </si>
   <si>
     <t>Employers Pension</t>
   </si>
   <si>
     <t>National Insurance</t>
   </si>
   <si>
     <t>Total Payroll Costs</t>
   </si>
   <si>
     <t>Manse Costs</t>
   </si>
   <si>
-    <t>Manse Lease</t>
-[...1 lines deleted...]
-  <si>
     <t>Maintenance</t>
   </si>
   <si>
     <t>Buildings Insurance</t>
   </si>
   <si>
     <t>Council Tax</t>
   </si>
   <si>
     <t>Water bill</t>
   </si>
   <si>
     <t>Phone and broadband</t>
   </si>
   <si>
     <t>Energy bills</t>
   </si>
   <si>
     <t>Total Manse Costs</t>
   </si>
   <si>
     <t>Other Costs</t>
   </si>
   <si>
     <t>Minister's expenses (travel etc)</t>
@@ -290,153 +276,135 @@
   <si>
     <t>Private rental market summary statistics in England - Office for National Statistics (ons.gov.uk)</t>
   </si>
   <si>
     <t>Employers' pension contributions</t>
   </si>
   <si>
     <t>Ministers Section of Baptist Pension Scheme</t>
   </si>
   <si>
     <t>https://www.baptistpensions.org.uk/churches-employers/how-the-scheme-works/how-much-does-it-cost/</t>
   </si>
   <si>
     <t>Employers National Insurance Rate</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>National Insurance Secondary Threshold</t>
   </si>
   <si>
     <t>Manse Value</t>
   </si>
   <si>
-    <t>Leasing cost for Manse</t>
-[...4 lines deleted...]
-  <si>
     <t>Manse maintenance</t>
   </si>
   <si>
     <t>Estimated UK average</t>
   </si>
   <si>
     <t>Home contents and buildings insurance | unbiased.co.uk</t>
   </si>
   <si>
     <t>UK average band D Council Tax</t>
   </si>
   <si>
-    <t>Council Tax levels set by local authorities in England 2023 to 2024 (revised) - GOV.UK (www.gov.uk)</t>
-[...7 lines deleted...]
-  <si>
     <t>Energy Bills</t>
   </si>
   <si>
-    <t>Typical UK Energy Bills Explained 2023 | EDF (edfenergy.com)</t>
-[...1 lines deleted...]
-  <si>
     <t>Minister's expenses</t>
   </si>
   <si>
     <t>Baptists Together recommendation</t>
   </si>
   <si>
     <t>Please note that these assumptions are not editable.  Should you wish to use different assumptions in your calculation, please select "N" under "Use Default Assumption?" in the Calculator, and enter your own figure under "Custom assumption".</t>
   </si>
   <si>
-    <t>Rates and thresholds for employers 2024 to 2025 - GOV.UK</t>
-[...1 lines deleted...]
-  <si>
     <t>UK tax rates for 2025/26</t>
-  </si>
-[...22 lines deleted...]
-    <t>No</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Housing Allowance </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FFFF0000"/>
         <rFont val="Tahoma"/>
         <family val="2"/>
       </rPr>
       <t>**</t>
     </r>
   </si>
   <si>
     <t>**</t>
   </si>
   <si>
     <t>just the default assumption amount.</t>
   </si>
   <si>
     <t>If housing allowance is paid to the minister the amount used should equate to the rental cost of a suitable house in your area - and not</t>
   </si>
+  <si>
+    <t>Cost of Ministry Calculator 2026</t>
+  </si>
+  <si>
+    <t>Baptist Together Standard Stipend for 2026</t>
+  </si>
+  <si>
+    <t>Rates and thresholds for employers 2025 to 2026 - GOV.UK</t>
+  </si>
+  <si>
+    <t>Council Tax levels set by local authorities in England 2025 to 2026 (revised) - GOV.UK</t>
+  </si>
+  <si>
+    <t>DiscoverWater (en-GB)</t>
+  </si>
+  <si>
+    <t>What is the average broadband bill in the UK? | usave.co.uk</t>
+  </si>
+  <si>
+    <t>Average Gas and Electricity Bills in the UK - 2025</t>
+  </si>
+  <si>
+    <t>UK Mobile Phone Statistics 2025 - Stats Report - Uswitch</t>
+  </si>
+  <si>
+    <t>Baptist Pension Scheme Manse Value for 2026</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="&quot;£&quot;#,##0"/>
   </numFmts>
-  <fonts count="12" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF3F3F76"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
@@ -463,57 +431,50 @@
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFC000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...5 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC000"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -653,144 +614,139 @@
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="4" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="11" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="11" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="12" xfId="2" applyFill="1" applyBorder="1"/>
     <xf numFmtId="164" fontId="0" fillId="5" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="0" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="10" fontId="0" fillId="6" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="2"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Input" xfId="1" builtinId="20"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="20">
+  <dxfs count="17">
     <dxf>
       <font>
         <color theme="6"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="6"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="6"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="6"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="6"/>
       </font>
       <fill>
@@ -803,81 +759,50 @@
       <font>
         <color theme="6"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="6"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="6"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="6"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="6"/>
       </font>
       <fill>
         <patternFill>
-          <bgColor theme="6"/>
-[...29 lines deleted...]
-          <fgColor theme="6"/>
           <bgColor theme="6"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <color theme="6"/>
       </font>
       <fill>
         <patternFill>
           <bgColor theme="6"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="thin">
@@ -1111,58 +1036,58 @@
         <a:xfrm>
           <a:off x="7370445" y="19050"/>
           <a:ext cx="1695450" cy="788990"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{E4497923-847D-40DF-A104-8514F266086A}" name="Table1" displayName="Table1" ref="B2:F18" totalsRowShown="0" headerRowDxfId="19" dataDxfId="17" headerRowBorderDxfId="18" tableBorderDxfId="16" totalsRowBorderDxfId="15">
-  <autoFilter ref="B2:F18" xr:uid="{E4497923-847D-40DF-A104-8514F266086A}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{E4497923-847D-40DF-A104-8514F266086A}" name="Table1" displayName="Table1" ref="B2:F17" totalsRowShown="0" headerRowDxfId="16" dataDxfId="14" headerRowBorderDxfId="15" tableBorderDxfId="13" totalsRowBorderDxfId="12">
+  <autoFilter ref="B2:F17" xr:uid="{E4497923-847D-40DF-A104-8514F266086A}"/>
   <tableColumns count="5">
-    <tableColumn id="1" xr3:uid="{51C58AA5-6603-41D2-943A-18B0E1DD11D7}" name="Cost Item" dataDxfId="14"/>
-[...3 lines deleted...]
-    <tableColumn id="5" xr3:uid="{EE2D1878-CD57-4AA7-B490-88162A728CF5}" name="Source" dataDxfId="10" dataCellStyle="Hyperlink"/>
+    <tableColumn id="1" xr3:uid="{51C58AA5-6603-41D2-943A-18B0E1DD11D7}" name="Cost Item" dataDxfId="11"/>
+    <tableColumn id="2" xr3:uid="{A400D9AA-0ACD-465D-98A8-2B1443E44030}" name="Default Assumption" dataDxfId="10"/>
+    <tableColumn id="3" xr3:uid="{2CD9997C-05A2-4F9B-ABF6-07D3CBF2A67F}" name="Overwrite possible?" dataDxfId="9"/>
+    <tableColumn id="4" xr3:uid="{5563455C-55E6-4768-83C9-DAF7E5C42E89}" name="Basis of default" dataDxfId="8"/>
+    <tableColumn id="5" xr3:uid="{EE2D1878-CD57-4AA7-B490-88162A728CF5}" name="Source" dataDxfId="7" dataCellStyle="Hyperlink"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium6" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1444,1152 +1369,1059 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/claim-employment-allowance" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aquaswitch.co.uk/blog/average-broadband-cost/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptistpensions.org.uk/churches-employers/how-the-scheme-works/how-much-does-it-cost/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.edfenergy.com/energywise/what-is-the-average-energy-bill-in-the-uk" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/financialguidance" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/financialguidance" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lookaftermybills.com/water/what-is-the-average-water-bill-in-the-uk/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalmarketsummarystatisticsinengland/april2022tomarch2023" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistics/council-tax-levels-set-by-local-authorities-in-england-2023-to-2024/council-tax-levels-set-by-local-authorities-in-england-2023-to-2024" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unbiased.co.uk/discover/mortgages-property/ownership-improvements/how-much-is-home-insurance-on-average-and-what-does-it-cover" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalmarketsummarystatisticsinengland/april2022tomarch2023" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aquaswitch.co.uk/blog/average-broadband-cost/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://usave.co.uk/broadband/guides/average-broadband-bills/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptistpensions.org.uk/churches-employers/how-the-scheme-works/how-much-does-it-cost/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.discoverwater.co.uk/annual-bill" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/financialguidance" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/financialguidance" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/statistics/council-tax-levels-set-by-local-authorities-in-england-2025-to-2026/council-tax-levels-set-by-local-authorities-in-england-2025-to-2026" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalmarketsummarystatisticsinengland/april2022tomarch2023" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uswitch.com/mobiles/studies/mobile-statistics/?msockid=1b0e342e156664381ce7206014ad65f9" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unbiased.co.uk/discover/mortgages-property/ownership-improvements/how-much-is-home-insurance-on-average-and-what-does-it-cover" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.moneysupermarket.com/gas-and-electricity/average-energy-bills-uk/?msockid=1b0e342e156664381ce7206014ad65f9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{565555C1-C835-4141-9BD9-6ABBE710C9B5}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I43"/>
+  <dimension ref="A1:I41"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="N31" sqref="N31"/>
+    <sheetView tabSelected="1" topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="G20" sqref="G20"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="14" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="2.28515625" style="4" customWidth="1"/>
-    <col min="2" max="2" width="4.28515625" style="4" customWidth="1"/>
+    <col min="1" max="1" width="2.26953125" style="4" customWidth="1"/>
+    <col min="2" max="2" width="4.26953125" style="4" customWidth="1"/>
     <col min="3" max="3" width="47" style="4" customWidth="1"/>
-    <col min="4" max="8" width="16.140625" style="4" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="8.85546875" style="4"/>
+    <col min="4" max="8" width="16.1796875" style="4" customWidth="1"/>
+    <col min="9" max="9" width="2.26953125" style="4" customWidth="1"/>
+    <col min="10" max="16384" width="8.81640625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A1" s="1"/>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="3"/>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A2" s="5"/>
       <c r="I2" s="7"/>
     </row>
-    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A3" s="5"/>
       <c r="I3" s="7"/>
     </row>
-    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A4" s="5"/>
       <c r="I4" s="7"/>
     </row>
-    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A5" s="5"/>
       <c r="I5" s="7"/>
     </row>
-    <row r="6" spans="1:9" ht="30" x14ac:dyDescent="0.4">
+    <row r="6" spans="1:9" ht="29.5" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="5"/>
       <c r="B6" s="6" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="H6"/>
       <c r="I6" s="7"/>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A7" s="5"/>
       <c r="I7" s="7"/>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A8" s="5"/>
       <c r="B8" s="8" t="s">
         <v>0</v>
       </c>
       <c r="I8" s="7"/>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A9" s="5"/>
       <c r="C9" s="4" t="s">
         <v>1</v>
       </c>
       <c r="D9" s="9" t="s">
         <v>2</v>
       </c>
       <c r="I9" s="7"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A10" s="5"/>
       <c r="C10" s="4" t="s">
         <v>3</v>
       </c>
       <c r="D10" s="10">
         <v>0.5</v>
       </c>
       <c r="I10" s="7"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A11" s="5"/>
       <c r="C11" s="4" t="s">
         <v>4</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I11" s="7"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A12" s="5"/>
       <c r="C12" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="D12" s="9" t="s">
-        <v>7</v>
+      <c r="D12" s="11" t="s">
+        <v>2</v>
       </c>
       <c r="I12" s="7"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A13" s="5"/>
       <c r="C13" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E13" s="12" t="s">
         <v>8</v>
       </c>
-      <c r="D13" s="11" t="s">
+      <c r="F13" s="38" t="s">
+        <v>9</v>
+      </c>
+      <c r="G13" s="38"/>
+      <c r="H13" s="38"/>
+      <c r="I13" s="7"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A14" s="5"/>
+      <c r="D14" s="12"/>
+      <c r="I14" s="7"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A15" s="5"/>
+      <c r="B15" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="I15" s="7"/>
+    </row>
+    <row r="16" spans="1:9" s="14" customFormat="1" ht="28" x14ac:dyDescent="0.3">
+      <c r="A16" s="13"/>
+      <c r="D16" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" s="15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" s="15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="15" t="s">
+        <v>14</v>
+      </c>
+      <c r="H16" s="15" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="16"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A17" s="5"/>
+      <c r="C17" s="8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D17" s="12"/>
+      <c r="I17" s="7"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A18" s="5"/>
+      <c r="C18" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D18" s="17">
+        <f>IF(D9="Yes",'Default Assumptions'!C3,D10*'Default Assumptions'!C3)</f>
+        <v>30405</v>
+      </c>
+      <c r="E18" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="I13" s="7"/>
-[...55 lines deleted...]
-      <c r="D18" s="12"/>
+      <c r="F18" s="18">
+        <v>29575</v>
+      </c>
+      <c r="G18" s="17">
+        <f>IF(E18="Yes",D18,F18)</f>
+        <v>30405</v>
+      </c>
+      <c r="H18" s="17">
+        <f>G18/12</f>
+        <v>2533.75</v>
+      </c>
       <c r="I18" s="7"/>
     </row>
-    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A19" s="5"/>
       <c r="C19" s="4" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="D19" s="17">
-        <f>IF(D9="Yes",'Default Assumptions'!C3,D10*'Default Assumptions'!C3)</f>
-        <v>29575</v>
+        <f>IF(D11="Manse",0,IF(D9="Yes",'Default Assumptions'!C4,'Default Assumptions'!C4*D10))</f>
+        <v>0</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F19" s="18">
-        <v>29575</v>
+        <v>23400</v>
       </c>
       <c r="G19" s="17">
         <f>IF(E19="Yes",D19,F19)</f>
-        <v>29575</v>
+        <v>0</v>
       </c>
       <c r="H19" s="17">
         <f>G19/12</f>
-        <v>2464.5833333333335</v>
+        <v>0</v>
       </c>
       <c r="I19" s="7"/>
     </row>
-    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A20" s="5"/>
       <c r="C20" s="4" t="s">
-        <v>76</v>
+        <v>19</v>
       </c>
       <c r="D20" s="17">
-        <f>IF(D11="Manse",0,IF(D9="Yes",'Default Assumptions'!C4,'Default Assumptions'!C4*D10))</f>
-        <v>0</v>
+        <f>MAX(IF(D9="Yes",1,D10)*('Default Assumptions'!C3+'Default Assumptions'!C8),IF(D9="Yes",1,D10)*IF(D11="Manse",(G18+'Default Assumptions'!C8),(G18+G19)))*'Default Assumptions'!C5</f>
+        <v>3844</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F20" s="18">
-        <v>23400</v>
+        <v>3732</v>
       </c>
       <c r="G20" s="17">
         <f>IF(E20="Yes",D20,F20)</f>
-        <v>0</v>
+        <v>3844</v>
       </c>
       <c r="H20" s="17">
         <f>G20/12</f>
-        <v>0</v>
+        <v>320.33333333333331</v>
       </c>
       <c r="I20" s="7"/>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A21" s="5"/>
       <c r="C21" s="4" t="s">
-        <v>21</v>
-[...10 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="E21" s="12"/>
       <c r="G21" s="17">
-        <f>IF(E21="Yes",D21,F21)</f>
-        <v>3731.6000000000004</v>
+        <f>IF(D13="Yes",MAX(0,((G18+G19-'Default Assumptions'!C7)*'Default Assumptions'!C6-10000)),(G18+G19-'Default Assumptions'!C7)*'Default Assumptions'!C6)</f>
+        <v>0</v>
       </c>
       <c r="H21" s="17">
         <f>G21/12</f>
-        <v>310.9666666666667</v>
+        <v>0</v>
       </c>
       <c r="I21" s="7"/>
     </row>
-    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A22" s="5"/>
-      <c r="C22" s="4" t="s">
+      <c r="D22" s="19"/>
+      <c r="F22" s="20" t="s">
+        <v>21</v>
+      </c>
+      <c r="G22" s="19">
+        <f>SUM(G18:G21)</f>
+        <v>34249</v>
+      </c>
+      <c r="H22" s="19">
+        <f>SUM(H18:H21)</f>
+        <v>2854.0833333333335</v>
+      </c>
+      <c r="I22" s="7"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A23" s="5"/>
+      <c r="C23" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="E22" s="12"/>
-[...13 lines deleted...]
-      <c r="F23" s="20" t="s">
+      <c r="I23" s="7"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A24" s="5"/>
+      <c r="C24" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="G23" s="19">
-[...12 lines deleted...]
-        <v>24</v>
+      <c r="D24" s="17">
+        <f>IF(D11="Manse",'Default Assumptions'!C9,0)</f>
+        <v>2115</v>
+      </c>
+      <c r="E24" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="F24" s="18">
+        <v>2035</v>
+      </c>
+      <c r="G24" s="17">
+        <f>IF(D11="Manse",IF(E24="Yes",D24,F24),0)</f>
+        <v>2115</v>
+      </c>
+      <c r="H24" s="17">
+        <f t="shared" ref="H24:H29" si="0">G24/12</f>
+        <v>176.25</v>
       </c>
       <c r="I24" s="7"/>
     </row>
-    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="25" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A25" s="5"/>
       <c r="C25" s="4" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D25" s="17">
-        <f>IF(AND(D11="Manse",D12="Leased"),'Default Assumptions'!C9,0)</f>
-[...2 lines deleted...]
-      <c r="E25" s="21" t="s">
+        <f>IF(D11="Manse",'Default Assumptions'!C10,0)</f>
+        <v>255</v>
+      </c>
+      <c r="E25" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F25" s="18">
-        <v>18310</v>
+        <v>305</v>
       </c>
       <c r="G25" s="17">
         <f>IF(D11="Manse",IF(E25="Yes",D25,F25),0)</f>
-        <v>0</v>
+        <v>255</v>
       </c>
       <c r="H25" s="17">
-        <f t="shared" ref="H25:H31" si="0">G25/12</f>
-        <v>0</v>
+        <f t="shared" si="0"/>
+        <v>21.25</v>
       </c>
       <c r="I25" s="7"/>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="26" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A26" s="5"/>
       <c r="C26" s="4" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D26" s="17">
-        <f>IF(AND(D11="Manse",D12="Owned"),'Default Assumptions'!C10,0)</f>
-        <v>2035</v>
+        <f>IF(D11="Manse",'Default Assumptions'!C11,0)</f>
+        <v>2370</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F26" s="18">
-        <v>2035</v>
+        <v>2100</v>
       </c>
       <c r="G26" s="17">
         <f>IF(D11="Manse",IF(E26="Yes",D26,F26),0)</f>
-        <v>2035</v>
+        <v>2370</v>
       </c>
       <c r="H26" s="17">
         <f t="shared" si="0"/>
-        <v>169.58333333333334</v>
+        <v>197.5</v>
       </c>
       <c r="I26" s="7"/>
     </row>
-    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="27" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A27" s="5"/>
       <c r="C27" s="4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D27" s="17">
-        <f>IF(AND(D11="Manse",D12="Owned"),'Default Assumptions'!C11,0)</f>
-        <v>305</v>
+        <f>IF(D11="Manse",'Default Assumptions'!C12,0)</f>
+        <v>630</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F27" s="18">
-        <v>305</v>
+        <v>40</v>
       </c>
       <c r="G27" s="17">
         <f>IF(D11="Manse",IF(E27="Yes",D27,F27),0)</f>
-        <v>305</v>
+        <v>630</v>
       </c>
       <c r="H27" s="17">
         <f t="shared" si="0"/>
-        <v>25.416666666666668</v>
+        <v>52.5</v>
       </c>
       <c r="I27" s="7"/>
     </row>
-    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="28" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A28" s="5"/>
       <c r="C28" s="4" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D28" s="17">
-        <f>IF(D11="Manse",'Default Assumptions'!C12,0)</f>
-        <v>2100</v>
+        <f>IF(D11="Manse",'Default Assumptions'!C13,0)</f>
+        <v>480</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F28" s="18">
-        <v>2100</v>
+        <v>305</v>
       </c>
       <c r="G28" s="17">
         <f>IF(D11="Manse",IF(E28="Yes",D28,F28),0)</f>
-        <v>2100</v>
+        <v>480</v>
       </c>
       <c r="H28" s="17">
         <f t="shared" si="0"/>
-        <v>175</v>
+        <v>40</v>
       </c>
       <c r="I28" s="7"/>
     </row>
-    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A29" s="5"/>
       <c r="C29" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D29" s="17">
-        <f>IF(D11="Manse",'Default Assumptions'!C13,0)</f>
-        <v>460</v>
+        <f>IF(AND(D11="Manse",D12="Yes"),'Default Assumptions'!C14,0)</f>
+        <v>1755</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F29" s="18">
-        <v>40</v>
+        <v>2140</v>
       </c>
       <c r="G29" s="17">
         <f>IF(D11="Manse",IF(E29="Yes",D29,F29),0)</f>
-        <v>460</v>
+        <v>1755</v>
       </c>
       <c r="H29" s="17">
         <f t="shared" si="0"/>
-        <v>38.333333333333336</v>
+        <v>146.25</v>
       </c>
       <c r="I29" s="7"/>
     </row>
-    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="30" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A30" s="5"/>
-      <c r="C30" s="4" t="s">
+      <c r="D30" s="19"/>
+      <c r="F30" s="20" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" s="19">
+        <f>SUM(G24:G29)</f>
+        <v>7605</v>
+      </c>
+      <c r="H30" s="19">
+        <f>SUM(H24:H29)</f>
+        <v>633.75</v>
+      </c>
+      <c r="I30" s="7"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A31" s="5"/>
+      <c r="C31" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="D30" s="17">
-[...3 lines deleted...]
-      <c r="E30" s="9" t="s">
+      <c r="I31" s="7"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A32" s="5"/>
+      <c r="C32" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D32" s="17">
+        <f>'Default Assumptions'!C15</f>
+        <v>1910</v>
+      </c>
+      <c r="E32" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F30" s="18">
-[...21 lines deleted...]
-      <c r="E31" s="9" t="s">
+      <c r="F32" s="18">
+        <v>1840</v>
+      </c>
+      <c r="G32" s="17">
+        <f>IF($E$32="Yes",IF($D$9="No",D32*$D$10,D32),F32)</f>
+        <v>1910</v>
+      </c>
+      <c r="H32" s="17">
+        <f>G32/12</f>
+        <v>159.16666666666666</v>
+      </c>
+      <c r="I32" s="7"/>
+    </row>
+    <row r="33" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="A33" s="5"/>
+      <c r="C33" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D33" s="17">
+        <f>'Default Assumptions'!C16</f>
+        <v>530</v>
+      </c>
+      <c r="E33" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F31" s="18">
-[...31 lines deleted...]
-        <v>33</v>
+      <c r="F33" s="18">
+        <v>510</v>
+      </c>
+      <c r="G33" s="17">
+        <f>IF(E33="Yes",D33,F33)</f>
+        <v>530</v>
+      </c>
+      <c r="H33" s="17">
+        <f>G33/12</f>
+        <v>44.166666666666664</v>
       </c>
       <c r="I33" s="7"/>
     </row>
-    <row r="34" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A34" s="5"/>
       <c r="C34" s="4" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D34" s="17">
-        <f>'Default Assumptions'!C16</f>
-        <v>1840</v>
+        <f>'Default Assumptions'!C17</f>
+        <v>320</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>2</v>
       </c>
       <c r="F34" s="18">
-        <v>1840</v>
+        <v>305</v>
       </c>
       <c r="G34" s="17">
-        <f>IF($E$34="No",SUM(D34*$D$10),F34)</f>
-        <v>1840</v>
+        <f>IF($E$34="Yes",IF($D$9="No",D34*$D$10,D34),F34)</f>
+        <v>320</v>
       </c>
       <c r="H34" s="17">
         <f>G34/12</f>
-        <v>153.33333333333334</v>
+        <v>26.666666666666668</v>
       </c>
       <c r="I34" s="7"/>
     </row>
-    <row r="35" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A35" s="5"/>
-      <c r="C35" s="4" t="s">
-[...18 lines deleted...]
-        <v>42.5</v>
+      <c r="F35" s="20" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" s="19">
+        <f>SUM(G32:G34)</f>
+        <v>2760</v>
+      </c>
+      <c r="H35" s="19">
+        <f>SUM(H32:H34)</f>
+        <v>229.99999999999997</v>
       </c>
       <c r="I35" s="7"/>
     </row>
-    <row r="36" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="36" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A36" s="5"/>
-      <c r="C36" s="4" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="F36" s="21"/>
       <c r="I36" s="7"/>
     </row>
-    <row r="37" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="37" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A37" s="5"/>
       <c r="F37" s="20" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="G37" s="19">
-        <f>SUM(G34:G36)</f>
-        <v>2655</v>
+        <f>SUM(G35,G30,G22)</f>
+        <v>44614</v>
       </c>
       <c r="H37" s="19">
-        <f>SUM(H34:H36)</f>
-        <v>221.25</v>
+        <f>SUM(H35,H30,H22)</f>
+        <v>3717.8333333333335</v>
       </c>
       <c r="I37" s="7"/>
     </row>
-    <row r="38" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="38" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A38" s="5"/>
-      <c r="F38" s="22"/>
+      <c r="F38" s="20"/>
+      <c r="G38" s="19"/>
+      <c r="H38" s="19"/>
       <c r="I38" s="7"/>
     </row>
-    <row r="39" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A39" s="5"/>
-      <c r="F39" s="20" t="s">
-[...9 lines deleted...]
-      </c>
+      <c r="B39" s="36" t="s">
+        <v>63</v>
+      </c>
+      <c r="C39" s="4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F39" s="20"/>
+      <c r="G39" s="19"/>
+      <c r="H39" s="19"/>
       <c r="I39" s="7"/>
     </row>
-    <row r="40" spans="1:9" x14ac:dyDescent="0.2">
+    <row r="40" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A40" s="5"/>
+      <c r="C40" s="4" t="s">
+        <v>64</v>
+      </c>
       <c r="F40" s="20"/>
       <c r="G40" s="19"/>
       <c r="H40" s="19"/>
       <c r="I40" s="7"/>
     </row>
-    <row r="41" spans="1:9" x14ac:dyDescent="0.2">
-[...31 lines deleted...]
-      <c r="I43" s="25"/>
+    <row r="41" spans="1:9" ht="14.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="22"/>
+      <c r="B41" s="23"/>
+      <c r="C41" s="23"/>
+      <c r="D41" s="23"/>
+      <c r="E41" s="23"/>
+      <c r="F41" s="23"/>
+      <c r="G41" s="23"/>
+      <c r="H41" s="23"/>
+      <c r="I41" s="24"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="7tuuxU5aRj8D9EJ7PW8fp30P9VgAwJF7VAHI4kzA2AAihr94cwSfAtkwTau30PLrp/tDo0teCCJZhTkenTnXMg==" saltValue="4BFguHRJ+Cf3krDUmOqprQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="mzEfZdZD3gWvt4FGFdoX1pJEnk5k/EAzF39JROHU4Oeg6ahW1c96Y85ok/MOlC3W9Uu+QiBaaq71Z5l1anF0mw==" saltValue="VKchZeY9DLi0kFdkvDgJFA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
-    <mergeCell ref="F14:H14"/>
+    <mergeCell ref="F13:H13"/>
   </mergeCells>
   <conditionalFormatting sqref="D10">
-    <cfRule type="expression" dxfId="9" priority="10">
+    <cfRule type="expression" dxfId="6" priority="11">
       <formula>$D$9="Yes"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D12">
-[...5 lines deleted...]
-    <cfRule type="expression" dxfId="7" priority="9">
+  <conditionalFormatting sqref="D12 D24:F29">
+    <cfRule type="expression" dxfId="5" priority="10">
       <formula>$D$11&lt;&gt;"Manse"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D25:F25">
-[...1 lines deleted...]
-      <formula>$D$12="Owned"</formula>
+  <conditionalFormatting sqref="D24:D25">
+    <cfRule type="expression" dxfId="4" priority="1">
+      <formula>#REF!="Owned"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D25:F31">
-[...1 lines deleted...]
-      <formula>$D$11&lt;&gt;"Manse"</formula>
+  <conditionalFormatting sqref="D24:F25">
+    <cfRule type="expression" dxfId="3" priority="4">
+      <formula>#REF!="Leased"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D26:F27">
-[...1 lines deleted...]
-      <formula>$D$12="Leased"</formula>
+  <conditionalFormatting sqref="D29:F29">
+    <cfRule type="expression" dxfId="2" priority="7">
+      <formula>$D$12="No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D31:F31">
-[...1 lines deleted...]
-      <formula>$D$13="No"</formula>
+  <conditionalFormatting sqref="F18:F20 F24:F29">
+    <cfRule type="expression" dxfId="1" priority="9">
+      <formula>$E18&lt;&gt;"No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F19:F21">
-[...1 lines deleted...]
-      <formula>$E19&lt;&gt;"No"</formula>
+  <conditionalFormatting sqref="F32:F34">
+    <cfRule type="expression" dxfId="0" priority="6">
+      <formula>$E32&lt;&gt;"No"</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F25:F31">
-[...12 lines deleted...]
-    </dataValidation>
+  <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D11" xr:uid="{F8273C02-54F3-46D2-B45F-9C637BC7546E}">
       <formula1>"Manse,Housing Allowance"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D9 D13:D14 E19:E21 E34:E36 E25:E31" xr:uid="{65DDA9EB-DAEC-48AD-8889-E606F6570134}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D9 D12:D13 E18:E20 E32:E34 E24:E29" xr:uid="{65DDA9EB-DAEC-48AD-8889-E606F6570134}">
       <formula1>"Yes,No"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
-    <hyperlink ref="F14" r:id="rId1" xr:uid="{AA81C66F-00A1-4A58-8628-C438B5913D85}"/>
+    <hyperlink ref="F13" r:id="rId1" xr:uid="{AA81C66F-00A1-4A58-8628-C438B5913D85}"/>
   </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="80" orientation="landscape" r:id="rId2"/>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F58C6E19-CF81-4CF1-931F-AF4C2923131F}">
-  <dimension ref="A1:F20"/>
+  <dimension ref="A1:F19"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="C4" sqref="C4"/>
+    <sheetView zoomScale="124" zoomScaleNormal="124" workbookViewId="0">
+      <selection activeCell="F11" sqref="F11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="97.85546875" customWidth="1"/>
+    <col min="1" max="1" width="3.453125" customWidth="1"/>
+    <col min="2" max="2" width="43.1796875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="12.81640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.453125" customWidth="1"/>
+    <col min="5" max="5" width="41.26953125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="97.81640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A1" s="26" t="s">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A1" s="25" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" s="26" customFormat="1" ht="29" x14ac:dyDescent="0.35">
+      <c r="B2" s="27" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" s="27" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" s="27" t="s">
         <v>39</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B2" s="28" t="s">
+      <c r="E2" s="27" t="s">
         <v>40</v>
       </c>
-      <c r="C2" s="28" t="s">
+      <c r="F2" s="27" t="s">
         <v>41</v>
       </c>
-      <c r="D2" s="28" t="s">
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B3" s="28" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="34">
+        <v>30405</v>
+      </c>
+      <c r="D3" s="29" t="s">
         <v>42</v>
       </c>
-      <c r="E2" s="28" t="s">
+      <c r="E3" s="28" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" s="30" t="s">
         <v>43</v>
       </c>
-      <c r="F2" s="28" t="s">
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B4" s="28" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="34">
+        <f>ROUND(23400*1.038,0)+1</f>
+        <v>24290</v>
+      </c>
+      <c r="D4" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E4" s="28" t="s">
         <v>44</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="D3" s="30" t="s">
+      <c r="F4" s="30" t="s">
         <v>45</v>
       </c>
-      <c r="E3" s="29" t="s">
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B5" s="28" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" s="35">
+        <v>0.1</v>
+      </c>
+      <c r="D5" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E5" s="28" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" s="30" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B6" s="28" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" s="35">
+        <v>0.15</v>
+      </c>
+      <c r="D6" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="E6" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" s="30" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B7" s="28" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" s="34">
+        <v>5000</v>
+      </c>
+      <c r="D7" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" s="28" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" s="30" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B8" s="28" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" s="34">
+        <v>8035</v>
+      </c>
+      <c r="D8" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" s="31" t="s">
+        <v>74</v>
+      </c>
+      <c r="F8" s="30" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B9" s="28" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" s="34">
+        <f>ROUND(2035*1.038,0)+3</f>
+        <v>2115</v>
+      </c>
+      <c r="D9" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E9" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" s="28"/>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B10" s="28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" s="34">
+        <f>ROUND(242*1.038,0)+4</f>
+        <v>255</v>
+      </c>
+      <c r="D10" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" s="30" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B11" s="28" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" s="34">
+        <f>ROUND(2280*1.038,0)+3</f>
+        <v>2370</v>
+      </c>
+      <c r="D11" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" s="28" t="s">
+        <v>56</v>
+      </c>
+      <c r="F11" s="37" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B12" s="28" t="s">
+        <v>26</v>
+      </c>
+      <c r="C12" s="34">
+        <f>ROUND(603*1.038,0)+4</f>
+        <v>630</v>
+      </c>
+      <c r="D12" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E12" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" s="37" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B13" s="28" t="s">
+        <v>27</v>
+      </c>
+      <c r="C13" s="34">
+        <f>39.75*12+3</f>
+        <v>480</v>
+      </c>
+      <c r="D13" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E13" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" s="37" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B14" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="34">
+        <v>1755</v>
+      </c>
+      <c r="D14" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E14" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F14" s="37" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B15" s="28" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="34">
+        <f>ROUND(1840*1.038,0)</f>
+        <v>1910</v>
+      </c>
+      <c r="D15" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E15" s="28" t="s">
+        <v>54</v>
+      </c>
+      <c r="F15" s="28"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="B16" s="28" t="s">
+        <v>32</v>
+      </c>
+      <c r="C16" s="34">
+        <f>ROUND(510*1.038,0)+1</f>
+        <v>530</v>
+      </c>
+      <c r="D16" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E16" s="28" t="s">
+        <v>59</v>
+      </c>
+      <c r="F16" s="28"/>
+    </row>
+    <row r="17" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B17" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="C17" s="34">
+        <f>ROUND(305*1.038,0)+3</f>
+        <v>320</v>
+      </c>
+      <c r="D17" s="33" t="s">
+        <v>42</v>
+      </c>
+      <c r="E17" s="32" t="s">
+        <v>54</v>
+      </c>
+      <c r="F17" s="37" t="s">
         <v>73</v>
       </c>
-      <c r="F3" s="31" t="s">
-[...137 lines deleted...]
-      <c r="F11" s="31" t="s">
+    </row>
+    <row r="19" spans="2:6" x14ac:dyDescent="0.35">
+      <c r="B19" s="39" t="s">
         <v>60</v>
       </c>
-    </row>
-[...129 lines deleted...]
-      <c r="F20" s="41"/>
+      <c r="C19" s="39"/>
+      <c r="D19" s="39"/>
+      <c r="E19" s="39"/>
+      <c r="F19" s="39"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="62tNvFnsL1v55s7IEg9s1pi1pTeyrN/00r1ky83PTSKeEGSLhqzauWFGKwRqIaI0J4S6uNq+PpXCm4DMwP1VCg==" saltValue="BYSJQBJzEkjgdthcXZEOqQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="xrQWbhpejR23qrvjkqmKlUXI/nW782sg4ncvGAmZMvqffq1bIe0i15jG0KIw86HIRRTUPiSfINmrShZTQ/fYVQ==" saltValue="rhD4pEt03Ml2SotvWiE6lA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
-    <mergeCell ref="B20:F20"/>
+    <mergeCell ref="B19:F19"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="F3" r:id="rId1" xr:uid="{A7793AA1-E648-49A0-9234-BD8302628E12}"/>
     <hyperlink ref="F8" r:id="rId2" xr:uid="{EE629962-EB55-4D0C-AE66-17EC7F896480}"/>
     <hyperlink ref="F5" r:id="rId3" xr:uid="{F076D77F-AA3A-4218-82AC-8907AE570293}"/>
-    <hyperlink ref="F9" r:id="rId4" display="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalmarketsummarystatisticsinengland/april2022tomarch2023" xr:uid="{EBF00A91-909C-4CF6-B18D-DD820CEFAD9A}"/>
-[...6 lines deleted...]
-    <hyperlink ref="F4" r:id="rId11" display="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalmarketsummarystatisticsinengland/april2022tomarch2023" xr:uid="{0D2B79C0-C502-4567-B580-06D9A15D94D7}"/>
+    <hyperlink ref="F10" r:id="rId4" display="https://www.unbiased.co.uk/discover/mortgages-property/ownership-improvements/how-much-is-home-insurance-on-average-and-what-does-it-cover" xr:uid="{335A876A-5DC1-4427-A793-BDE22210CD42}"/>
+    <hyperlink ref="F4" r:id="rId5" display="https://www.ons.gov.uk/peoplepopulationandcommunity/housing/bulletins/privaterentalmarketsummarystatisticsinengland/april2022tomarch2023" xr:uid="{0D2B79C0-C502-4567-B580-06D9A15D94D7}"/>
+    <hyperlink ref="F11" r:id="rId6" location=":~:text=parish%20level%20data.-,1.,social%20care%20and%20parish%20precepts." display="https://www.gov.uk/government/statistics/council-tax-levels-set-by-local-authorities-in-england-2025-to-2026/council-tax-levels-set-by-local-authorities-in-england-2025-to-2026 - :~:text=parish%20level%20data.-,1.,social%20care%20and%20parish%20precepts." xr:uid="{CB6CBB2D-9936-422D-ACB6-45CE041FF687}"/>
+    <hyperlink ref="F12" r:id="rId7" display="https://www.discoverwater.co.uk/annual-bill" xr:uid="{56995D95-6FA5-473D-B3D7-DADFDF5865DB}"/>
+    <hyperlink ref="F13" r:id="rId8" display="https://usave.co.uk/broadband/guides/average-broadband-bills/" xr:uid="{49FCB5A3-7930-4CE6-839C-F31507BB00BB}"/>
+    <hyperlink ref="F14" r:id="rId9" display="https://www.moneysupermarket.com/gas-and-electricity/average-energy-bills-uk/?msockid=1b0e342e156664381ce7206014ad65f9" xr:uid="{3BCAD72C-5890-4891-BE9B-10B08782A446}"/>
+    <hyperlink ref="F17" r:id="rId10" display="https://www.uswitch.com/mobiles/studies/mobile-statistics/?msockid=1b0e342e156664381ce7206014ad65f9" xr:uid="{1FE6E6B5-2F6C-43D4-8D56-AEFC0ECF4F14}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <tableParts count="1">
-    <tablePart r:id="rId12"/>
+    <tablePart r:id="rId11"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ca47ac6-6a18-4f06-be40-b3200ed2520a" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="87e6e16479df4a63b4682e2cf93e6efe" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008F15D8546C640847B4AE0BD5461346A2" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="6e17e787d928edf7eefb508c0334b5fa">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ca47ac6-6a18-4f06-be40-b3200ed2520a" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="004a15317603e191d846dd3b9a952d8a" ns2:_="" ns3:_="">
     <xsd:import namespace="3ca47ac6-6a18-4f06-be40-b3200ed2520a"/>
     <xsd:import namespace="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2798,90 +2630,110 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="3ca47ac6-6a18-4f06-be40-b3200ed2520a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8504208D-1CFD-4F5E-A47A-425A6D043449}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="3ca47ac6-6a18-4f06-be40-b3200ed2520a"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{768B345F-AFA9-4E4E-9E13-BEE3DBB58305}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="3ca47ac6-6a18-4f06-be40-b3200ed2520a"/>
     <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D9313AA-945B-447A-98E4-9A4902BC2C4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...17 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Calculator</vt:lpstr>
       <vt:lpstr>Default Assumptions</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>