--- v0 (2025-11-20)
+++ v1 (2026-03-07)
@@ -4413,51 +4413,65 @@
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="553FD0B3" w14:textId="77777777" w:rsidTr="00047C40">
         <w:trPr>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5156" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3974AFAA" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
-              <w:t>Transfers (to) / from New church building fund</w:t>
+              <w:t xml:space="preserve">Transfers (to) / from </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>New</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> church building fund</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C83D956" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79358424" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:rPr>
                 <w:b/>
@@ -5138,147 +5152,142 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6C456EB2" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EB4A171" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="72970CFD" w14:textId="77777777" w:rsidTr="00047C40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="184E7742" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720"/>
             </w:pPr>
             <w:r>
               <w:t>Lloyds Bank Account</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1541E616" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C249BEE" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="437ECD4E" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="7EB57EAF" w14:textId="77777777" w:rsidTr="00047C40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27DA3614" w14:textId="77777777" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720"/>
             </w:pPr>
             <w:r>
               <w:t>BUC deposit account</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="795973F4" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77C25DE9" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7699A0AA" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="3C462B60" w14:textId="77777777" w:rsidTr="00047C40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13C9F331" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00B74EB3">
               <w:t>Ot</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:t>er</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:t>m</w:t>
@@ -5314,278 +5323,268 @@
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>ss</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:t>et</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:rPr>
                 <w:spacing w:val="2"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="45835CC4" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5B8AAD5C" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="72297A4F" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="5616EA8E" w14:textId="77777777" w:rsidTr="00047C40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6AFAD352" w14:textId="77777777" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720"/>
             </w:pPr>
             <w:r>
               <w:t>Debtors</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3389DBA3" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4ABBD6F4" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23322735" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="3C2329B5" w14:textId="77777777" w:rsidTr="00047C40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="48311C4E" w14:textId="77777777" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720"/>
             </w:pPr>
             <w:r>
               <w:t>Loans made</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F17CA8F" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6EC28AD7" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="38555178" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="7169BAA3" w14:textId="77777777" w:rsidTr="00047C40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2C03D8AD" w14:textId="77777777" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
               <w:ind w:left="720"/>
             </w:pPr>
             <w:r>
               <w:t>Gift aid claimed but not received</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2A9C291C" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="43E1DCDB" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4AE2948D" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="475462B6" w14:textId="77777777" w:rsidTr="00047C40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="002A021E" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>Investment Assets</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="669FF8F6" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="221EDAD3" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="14BD9045" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00595400" w14:paraId="01F6587F" w14:textId="77777777" w:rsidTr="00047C40">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0B5BAA13" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve">Assets </w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:t>eld</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> fo</w:t>
@@ -5639,51 +5638,50 @@
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:rPr>
                 <w:spacing w:val="3"/>
               </w:rPr>
               <w:t>w</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:t>n</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t xml:space="preserve"> us</w:t>
             </w:r>
             <w:r w:rsidRPr="00B74EB3">
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56985917" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00B74EB3" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="-1"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1760" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2D9EBE6B" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00841421" w:rsidRDefault="00595400" w:rsidP="00834B46">
             <w:pPr>
               <w:spacing w:before="0" w:after="0"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6203,72 +6201,70 @@
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="9"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B3BD746" w14:textId="289703FC" w:rsidR="00595400" w:rsidRPr="00F93798" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:kinsoku/>
         <w:overflowPunct/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="9"/>
       </w:pPr>
       <w:r w:rsidRPr="00F93798">
         <w:t>Signed: (Treasurer or other Deacon</w:t>
       </w:r>
       <w:r w:rsidR="00047C40">
         <w:t>/Leadership Team/Minister</w:t>
       </w:r>
       <w:r w:rsidRPr="00F93798">
         <w:t xml:space="preserve"> authorised to sign on behalf of all the deacons) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31BE55A6" w14:textId="77777777" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00595400">
+    <w:p w14:paraId="31BE55A6" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="009C1915" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:kinsoku/>
         <w:overflowPunct/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="9"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:noProof/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F93798">
         <w:t>[Date]</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009C1915">
         <w:rPr>
           <w:i/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DE88423" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00921A95" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="0065B0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00921A95">
         <w:rPr>
           <w:color w:val="0065B0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>NOTES</w:t>
       </w:r>
       <w:r w:rsidRPr="00921A95">
         <w:rPr>
           <w:color w:val="0065B0"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8954,51 +8950,58 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1969F016" w14:textId="77777777" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="102C3158" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="002A008D" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A008D">
         <w:rPr>
           <w:noProof w:val="0"/>
         </w:rPr>
-        <w:t>The Minister acts as one of the church's trustees and receives remuneration and other benefits in respect of his/her services as Minister, including the provision of manse accommodation [owned by the church/rented by the church/rented by the church from the Minister (and his/her spouse)/part owned by the church and rented in part from the Minister (and his/her spouse)] [delet</w:t>
+        <w:t xml:space="preserve">The Minister acts as one of the church's trustees and receives remuneration and other benefits in respect of his/her services as Minister, including the provision of manse accommodation [owned by the church/rented by the church/rented by the church from the Minister (and his/her spouse)/part owned by </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A008D">
+        <w:rPr>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>the church and rented in part from the Minister (and his/her spouse)] [delet</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>e as applicable.</w:t>
       </w:r>
       <w:r w:rsidRPr="002A008D">
         <w:rPr>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> The wording will need to be adapted if there is more than one minister trustee]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A6DBD09" w14:textId="77777777" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:kinsoku/>
         <w:overflowPunct/>
         <w:spacing w:before="0" w:after="0"/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="9"/>
         <w:rPr>
           <w:rFonts w:eastAsia="SimSun"/>
           <w:noProof/>
@@ -12749,69 +12752,97 @@
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">valued in the accounts at £xxxx based on [cost / </w:t>
+        <w:t>valued in the accounts at £</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> based on [cost / </w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">insured </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">value / </w:t>
+        <w:t xml:space="preserve">value </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> market value]</w:t>
+        <w:t xml:space="preserve"> market</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4602">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> value]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3DBFF6BB" w14:textId="77777777" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:t>hur</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
@@ -12885,76 +12916,153 @@
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> valued in the accounts at £xxxx based on [cost / insured value /  market value]</w:t>
+        <w:t xml:space="preserve"> valued in the accounts at £</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B4602">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B4602">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> based on [cost / insured value </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B4602">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>/  market</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B4602">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> value]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08692E57" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="003B4602" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
-        <w:t>A burial ground at [address].  No meaningful value is available so it has not been included In the Statement Of Assets And Liabilities</w:t>
+        <w:t xml:space="preserve">A burial ground at [address].  No meaningful value is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>available</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> so it has not been included In the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Statement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Assets </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>And</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Liabilities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4623813E" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="003B4602" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0"/>
       </w:pPr>
       <w:r w:rsidRPr="003B4602">
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003B4602">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>c</w:t>
@@ -13916,120 +14024,136 @@
     </w:tbl>
     <w:p w14:paraId="3F7F7D3E" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00F93798" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:right="308"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="0065B0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0065B0"/>
         </w:rPr>
         <w:t>Pension Scheme Liabilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18F49801" w14:textId="57BC902F" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00595400">
+    <w:p w14:paraId="18F49801" w14:textId="3C5D50F1" w:rsidR="00595400" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:bookmarkStart w:id="3" w:name="_Hlk516218150"/>
       <w:r>
         <w:t xml:space="preserve">The Church is a participating employer the Baptist Pension Scheme (“the Scheme”), which is a separate legal entity administered by the Pension Trustee (Baptist Pension Trust Limited).  </w:t>
       </w:r>
       <w:r w:rsidR="004C64DB" w:rsidRPr="004C64DB">
-        <w:t>The Scheme, previously known as the Baptist Ministers Pension Fund, started in 1925. At the beginning of the financial year, the scheme comprised of a defined benefits scheme which was closed to future accrual on 31 December 2011 and a defined contribution plan which was opened in January 2012.</w:t>
+        <w:t xml:space="preserve">The Scheme, previously known as the Baptist Ministers Pension Fund, started in 1925. At the beginning of the </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3BFD">
+        <w:t xml:space="preserve">2024 </w:t>
+      </w:r>
+      <w:r w:rsidR="004C64DB" w:rsidRPr="004C64DB">
+        <w:t>financial year, the scheme comprised of a defined benefits scheme which was closed to future accrual on 31 December 2011 and a defined contribution plan which was opened in January 2012.</w:t>
       </w:r>
       <w:r>
         <w:t>The assets of the Scheme are held separately from those of the Employer and the other participating employers.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B87DF69" w14:textId="155FDF05" w:rsidR="0027624E" w:rsidRDefault="0027624E" w:rsidP="0027624E">
+    <w:p w14:paraId="0B87DF69" w14:textId="06F2141E" w:rsidR="0027624E" w:rsidRDefault="0027624E" w:rsidP="0027624E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:kinsoku/>
         <w:overflowPunct/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="9"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="_Hlk516218237"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="0027624E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="00E9422F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
       <w:r w:rsidR="00804DC3">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>the current financial year,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00804DC3">
+        <w:t xml:space="preserve">the current </w:t>
+      </w:r>
+      <w:r w:rsidR="005A3BFD">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the </w:t>
+        <w:t xml:space="preserve">and previous </w:t>
+      </w:r>
+      <w:r w:rsidR="00804DC3">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">financial year, the </w:t>
       </w:r>
       <w:r w:rsidRPr="0027624E">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>pension provision</w:t>
       </w:r>
       <w:r w:rsidR="00BF3BD8">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0028021F" w:rsidRPr="0028021F">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
@@ -14189,51 +14313,73 @@
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00100E7B">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Section 28.11A of FRS 102 requires agreed deficit recovery payments to be recognised as a liability.  The </w:t>
       </w:r>
       <w:r w:rsidR="00267FA4" w:rsidRPr="00267FA4">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>present value of the agreed deficit contributions were immaterial at the beginning of the financial year and were fully extinguished once buy out was completed by Just Group in October 2024</w:t>
+        <w:t xml:space="preserve">present value of the agreed deficit contributions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00267FA4" w:rsidRPr="00267FA4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>were</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00267FA4" w:rsidRPr="00267FA4">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:bCs w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> immaterial at the beginning of the financial year and were fully extinguished once buy out was completed by Just Group in October 2024</w:t>
       </w:r>
       <w:r w:rsidR="00456056">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DBE8BB1" w14:textId="77777777" w:rsidR="00595400" w:rsidRPr="00F93798" w:rsidRDefault="00595400" w:rsidP="00595400">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:right="308"/>
         <w:rPr>
           <w:b/>
@@ -17708,52 +17854,57 @@
       <w:r w:rsidRPr="00343F63">
         <w:t>be</w:t>
       </w:r>
       <w:r w:rsidRPr="00743A9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00343F63">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00743A9C">
         <w:t>nc</w:t>
       </w:r>
       <w:r w:rsidRPr="00343F63">
         <w:t>l</w:t>
       </w:r>
       <w:r w:rsidRPr="00743A9C">
         <w:t>u</w:t>
       </w:r>
       <w:r w:rsidRPr="00343F63">
         <w:t>ded</w:t>
       </w:r>
       <w:r w:rsidRPr="00743A9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00343F63">
-        <w:t>(en</w:t>
-      </w:r>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00343F63">
+        <w:t>en</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00743A9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00343F63">
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00743A9C">
         <w:t>loc</w:t>
       </w:r>
       <w:r w:rsidRPr="00343F63">
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00743A9C">
         <w:t xml:space="preserve"> a</w:t>
       </w:r>
       <w:r w:rsidRPr="00343F63">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00743A9C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00343F63">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidRPr="00743A9C">
@@ -22304,109 +22455,123 @@
                                   <w:u w:val="single"/>
                                 </w:rPr>
                                 <w:t>www.baptist.org.uk</w:t>
                               </w:r>
                             </w:hyperlink>
                             <w:r>
                               <w:br/>
                             </w:r>
                             <w:r w:rsidR="006F318A" w:rsidRPr="00555FD6">
                               <w:rPr>
                                 <w:rFonts w:eastAsia="Calibri"/>
                                 <w:bCs w:val="0"/>
                                 <w:iCs w:val="0"/>
                                 <w:lang w:eastAsia="en-US"/>
                               </w:rPr>
                               <w:t>BUGB operates as a charitable incorporated organisation (CIO) with registered Charity Number: 1181392</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="21B9F1B7" w14:textId="68046D12" w:rsidR="00F20DA5" w:rsidRPr="00C428D0" w:rsidRDefault="00F20DA5" w:rsidP="004A6D23">
                             <w:pPr>
                               <w:rPr>
                                 <w:w w:val="105"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="757ABD96" w14:textId="2027367B" w:rsidR="00F20DA5" w:rsidRPr="00C428D0" w:rsidRDefault="00F20DA5" w:rsidP="004A6D23">
+                          <w:p w14:paraId="757ABD96" w14:textId="469DF18F" w:rsidR="00F20DA5" w:rsidRPr="00C428D0" w:rsidRDefault="00F20DA5" w:rsidP="004A6D23">
                             <w:pPr>
                               <w:rPr>
                                 <w:w w:val="105"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C428D0">
                               <w:rPr>
                                 <w:spacing w:val="1"/>
                                 <w:w w:val="105"/>
                               </w:rPr>
                               <w:t>Date</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00C428D0">
                               <w:rPr>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00C428D0">
                               <w:rPr>
                                 <w:w w:val="105"/>
                               </w:rPr>
                               <w:t>of</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00C428D0">
                               <w:rPr>
                                 <w:spacing w:val="-8"/>
                                 <w:w w:val="105"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00C428D0">
                               <w:rPr>
                                 <w:w w:val="105"/>
                               </w:rPr>
                               <w:t>Issue:</w:t>
                             </w:r>
                             <w:r w:rsidR="00D976D5">
                               <w:rPr>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="000563B4">
+                            <w:r w:rsidR="005A3BFD">
                               <w:rPr>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                               </w:rPr>
-                              <w:t>11 February</w:t>
-[...1 lines deleted...]
-                            <w:r w:rsidR="00A52B04">
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r w:rsidR="000563B4">
                               <w:rPr>
                                 <w:spacing w:val="-9"/>
                                 <w:w w:val="105"/>
                               </w:rPr>
-                              <w:t xml:space="preserve"> 2025</w:t>
+                              <w:t xml:space="preserve"> February</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00A52B04">
+                              <w:rPr>
+                                <w:spacing w:val="-9"/>
+                                <w:w w:val="105"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> 202</w:t>
+                            </w:r>
+                            <w:r w:rsidR="005A3BFD">
+                              <w:rPr>
+                                <w:spacing w:val="-9"/>
+                                <w:w w:val="105"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="72000" tIns="0" rIns="72000" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="7D650C5C" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 211" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:451.35pt;height:315pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDbmI6QNAIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06Td7oWo6WrpUoS0&#10;XKSFD3Acp7FwPGbsNlm+nrGTdrvwhnix7LFzzsycM1ndDp1hB4Vegy35fJZzpqyEWttdyb9/2765&#10;4cwHYWthwKqSPynPb9evX616V6gFtGBqhYxArC96V/I2BFdkmZet6oSfgVOWLhvATgQ64i6rUfSE&#10;3plskedXWQ9YOwSpvKfo/XjJ1wm/aZQMX5rGq8BMySm3kFZMaxXXbL0SxQ6Fa7Wc0hD/kEUntCXS&#10;E9S9CILtUf8F1WmJ4KEJMwldBk2jpUo1UDXz/I9qHlvhVKqFmuPdqU3+/8HKz4dH9xVZGN7BQAKm&#10;Irx7APnDMwubVtidukOEvlWiJuJ5bFnWO19Mn8ZW+8JHkKr/BDWJLPYBEtDQYBe7QnUyQicBnk5N&#10;V0NgkoKX1xeL+fKSM0l3yzzPL66WiUMUx88d+vBBQcfipuRIqiZ4cXjwIaYjiuOTyObB6HqrjUmH&#10;6CS1McgOgjwgpFQ2jGWafUf5jnHyUj65gcLkmTF8cwwTRfJkREqEL0iMZX3J386Xy7F/LxLAXXWi&#10;j3AjTwQ8f9bpQINgdFfyRDolE7v+3tbJpkFoM+7pY2MnGWLnRw3CUA30MMpRQf1EgiCMhqcBpU0L&#10;+Iuznsxecv9zL1BxZj5aEvU6lk/TkQ60wfNodYwKKwmi5IGzcbsJ4yTtHepdSwxH+9yRAbY6SfOc&#10;zZQvGTk1cBq6OCnn5/Tq+dew/g0AAP//AwBQSwMEFAAGAAgAAAAhAOBpFJ/cAAAABQEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj0tPwzAQhO9I/AdrkbhRuy0qbYhT8VAlbqiBQ4+bePMQ8TqK3ST99xgu&#10;cFlpNKOZb9P9bDsx0uBbxxqWCwWCuHSm5VrD58fhbgvCB2SDnWPScCEP++z6KsXEuImPNOahFrGE&#10;fYIamhD6REpfNmTRL1xPHL3KDRZDlEMtzYBTLLedXCm1kRZbjgsN9vTSUPmVn62GYly/v1X3vvLP&#10;r0usj6f8sJsuWt/ezE+PIALN4S8MP/gRHbLIVLgzGy86DfGR8Hujt1OrBxCFhs1aKZBZKv/TZ98A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA25iOkDQCAABiBAAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA4GkUn9wAAAAFAQAADwAAAAAAAAAAAAAA&#10;AACOBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJcFAAAAAA==&#10;" fillcolor="#deeaf6 [660]" strokeweight=".72pt">
                 <v:textbox style="mso-fit-shape-to-text:t" inset="2mm,0,2mm,0">
                   <w:txbxContent>
                     <w:p w14:paraId="71440D25" w14:textId="6E48DBA3" w:rsidR="00F20DA5" w:rsidRPr="00C428D0" w:rsidRDefault="00F20DA5" w:rsidP="004A6D23">
                       <w:pPr>
                         <w:spacing w:before="0"/>
@@ -24370,162 +24535,176 @@
                             <w:u w:val="single"/>
                           </w:rPr>
                           <w:t>www.baptist.org.uk</w:t>
                         </w:r>
                       </w:hyperlink>
                       <w:r>
                         <w:br/>
                       </w:r>
                       <w:r w:rsidR="006F318A" w:rsidRPr="00555FD6">
                         <w:rPr>
                           <w:rFonts w:eastAsia="Calibri"/>
                           <w:bCs w:val="0"/>
                           <w:iCs w:val="0"/>
                           <w:lang w:eastAsia="en-US"/>
                         </w:rPr>
                         <w:t>BUGB operates as a charitable incorporated organisation (CIO) with registered Charity Number: 1181392</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="21B9F1B7" w14:textId="68046D12" w:rsidR="00F20DA5" w:rsidRPr="00C428D0" w:rsidRDefault="00F20DA5" w:rsidP="004A6D23">
                       <w:pPr>
                         <w:rPr>
                           <w:w w:val="105"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="757ABD96" w14:textId="2027367B" w:rsidR="00F20DA5" w:rsidRPr="00C428D0" w:rsidRDefault="00F20DA5" w:rsidP="004A6D23">
+                    <w:p w14:paraId="757ABD96" w14:textId="469DF18F" w:rsidR="00F20DA5" w:rsidRPr="00C428D0" w:rsidRDefault="00F20DA5" w:rsidP="004A6D23">
                       <w:pPr>
                         <w:rPr>
                           <w:w w:val="105"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00C428D0">
                         <w:rPr>
                           <w:spacing w:val="1"/>
                           <w:w w:val="105"/>
                         </w:rPr>
                         <w:t>Date</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00C428D0">
                         <w:rPr>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00C428D0">
                         <w:rPr>
                           <w:w w:val="105"/>
                         </w:rPr>
                         <w:t>of</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00C428D0">
                         <w:rPr>
                           <w:spacing w:val="-8"/>
                           <w:w w:val="105"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00C428D0">
                         <w:rPr>
                           <w:w w:val="105"/>
                         </w:rPr>
                         <w:t>Issue:</w:t>
                       </w:r>
                       <w:r w:rsidR="00D976D5">
                         <w:rPr>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="000563B4">
+                      <w:r w:rsidR="005A3BFD">
                         <w:rPr>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                         </w:rPr>
-                        <w:t>11 February</w:t>
-[...1 lines deleted...]
-                      <w:r w:rsidR="00A52B04">
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r w:rsidR="000563B4">
                         <w:rPr>
                           <w:spacing w:val="-9"/>
                           <w:w w:val="105"/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> 2025</w:t>
+                        <w:t xml:space="preserve"> February</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00A52B04">
+                        <w:rPr>
+                          <w:spacing w:val="-9"/>
+                          <w:w w:val="105"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> 202</w:t>
+                      </w:r>
+                      <w:r w:rsidR="005A3BFD">
+                        <w:rPr>
+                          <w:spacing w:val="-9"/>
+                          <w:w w:val="105"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00343F63" w:rsidRPr="00743A9C" w:rsidSect="007F47E4">
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="1276" w:right="1440" w:bottom="709" w:left="1440" w:header="0" w:footer="565" w:gutter="0"/>
       <w:cols w:space="720" w:equalWidth="0">
         <w:col w:w="9507"/>
       </w:cols>
       <w:noEndnote/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/customizations.xml><?xml version="1.0" encoding="utf-8"?>
 <wne:tcg xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <wne:keymaps>
     <wne:keymap wne:kcmPrimary="0261">
       <wne:acd wne:acdName="acd0"/>
     </wne:keymap>
   </wne:keymaps>
   <wne:toolbars>
     <wne:acdManifest>
       <wne:acdEntry wne:acdName="acd0"/>
     </wne:acdManifest>
   </wne:toolbars>
   <wne:acds>
     <wne:acd wne:argValue="AQAAAAEA" wne:acdName="acd0" wne:fciIndexBasedOn="0065"/>
   </wne:acds>
 </wne:tcg>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="223A43A2" w14:textId="77777777" w:rsidR="00595920" w:rsidRDefault="00595920" w:rsidP="00AD34D9">
+    <w:p w14:paraId="03125A17" w14:textId="77777777" w:rsidR="00017580" w:rsidRDefault="00017580" w:rsidP="00AD34D9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55CE2A32" w14:textId="77777777" w:rsidR="00595920" w:rsidRDefault="00595920" w:rsidP="00AD34D9">
+    <w:p w14:paraId="700CC771" w14:textId="77777777" w:rsidR="00017580" w:rsidRDefault="00017580" w:rsidP="00AD34D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -24539,66 +24718,66 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65E0C383" w14:textId="099E2DAE" w:rsidR="00D52B8D" w:rsidRPr="00457DF4" w:rsidRDefault="00D52B8D" w:rsidP="00D52B8D">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r w:rsidRPr="00AD1F51">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00AD1F51">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00AD1F51">
       <w:rPr>
@@ -24843,58 +25022,58 @@
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00BA0689">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="00AD1F51">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5BD5EF5E" w14:textId="77777777" w:rsidR="00595920" w:rsidRDefault="00595920" w:rsidP="00AD34D9">
+    <w:p w14:paraId="0856CD89" w14:textId="77777777" w:rsidR="00017580" w:rsidRDefault="00017580" w:rsidP="00AD34D9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="547BEC11" w14:textId="77777777" w:rsidR="00595920" w:rsidRDefault="00595920" w:rsidP="00AD34D9">
+    <w:p w14:paraId="77B5BA37" w14:textId="77777777" w:rsidR="00017580" w:rsidRDefault="00017580" w:rsidP="00AD34D9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2001AEFE" w14:textId="005F3D39" w:rsidR="00F20DA5" w:rsidRDefault="00F20DA5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r w:rsidRPr="007F47E4">
       <w:rPr>
         <w:rStyle w:val="Emphasis"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BCF0D12" wp14:editId="5347941D">
           <wp:extent cx="5727600" cy="1072800"/>
           <wp:effectExtent l="0" t="0" r="6985" b="0"/>
           <wp:docPr id="210" name="Picture 210" descr="DownloadBanner"/>
           <wp:cNvGraphicFramePr>
@@ -25779,112 +25958,117 @@
   </w:num>
   <w:num w:numId="4" w16cid:durableId="634407346">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="909659358">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1225793198">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="455368168">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1933389369">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1373572844">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="96"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00435BE1"/>
+    <w:rsid w:val="00000276"/>
     <w:rsid w:val="00002968"/>
     <w:rsid w:val="0000588C"/>
     <w:rsid w:val="000146B3"/>
+    <w:rsid w:val="00017580"/>
     <w:rsid w:val="0002277C"/>
     <w:rsid w:val="00024087"/>
     <w:rsid w:val="00034A85"/>
     <w:rsid w:val="00036382"/>
     <w:rsid w:val="000375D9"/>
     <w:rsid w:val="00045F73"/>
     <w:rsid w:val="00047C40"/>
     <w:rsid w:val="000501E5"/>
     <w:rsid w:val="000563B4"/>
+    <w:rsid w:val="000629B2"/>
     <w:rsid w:val="000656C5"/>
     <w:rsid w:val="00066A77"/>
     <w:rsid w:val="000706B1"/>
     <w:rsid w:val="00085A2D"/>
     <w:rsid w:val="00087866"/>
     <w:rsid w:val="00097651"/>
     <w:rsid w:val="000A3A08"/>
     <w:rsid w:val="000B0996"/>
     <w:rsid w:val="000C2540"/>
     <w:rsid w:val="000D0CAD"/>
     <w:rsid w:val="000D55D4"/>
     <w:rsid w:val="000D7C09"/>
     <w:rsid w:val="000E1922"/>
     <w:rsid w:val="000E3B40"/>
     <w:rsid w:val="000E6140"/>
     <w:rsid w:val="000E73FE"/>
     <w:rsid w:val="000F72B1"/>
     <w:rsid w:val="00100E7B"/>
     <w:rsid w:val="0010127A"/>
     <w:rsid w:val="00113988"/>
     <w:rsid w:val="00127C4A"/>
     <w:rsid w:val="00133BCA"/>
     <w:rsid w:val="0014608E"/>
     <w:rsid w:val="0015028E"/>
     <w:rsid w:val="001521A3"/>
+    <w:rsid w:val="0015328E"/>
     <w:rsid w:val="001732A1"/>
     <w:rsid w:val="00173E39"/>
     <w:rsid w:val="00174409"/>
     <w:rsid w:val="00176945"/>
     <w:rsid w:val="00177FD3"/>
     <w:rsid w:val="0018139A"/>
     <w:rsid w:val="00182338"/>
     <w:rsid w:val="001A0A8A"/>
     <w:rsid w:val="001A508A"/>
     <w:rsid w:val="001B1CD8"/>
     <w:rsid w:val="001C140F"/>
     <w:rsid w:val="001D0826"/>
     <w:rsid w:val="001D1E48"/>
     <w:rsid w:val="001D3378"/>
     <w:rsid w:val="001E4C6C"/>
     <w:rsid w:val="001E5820"/>
     <w:rsid w:val="001F0100"/>
     <w:rsid w:val="001F0ED3"/>
     <w:rsid w:val="00202A45"/>
     <w:rsid w:val="00204D8B"/>
     <w:rsid w:val="00222850"/>
     <w:rsid w:val="0025443A"/>
     <w:rsid w:val="002548C2"/>
     <w:rsid w:val="00254B26"/>
     <w:rsid w:val="00256384"/>
@@ -25915,50 +26099,51 @@
     <w:rsid w:val="002E02E8"/>
     <w:rsid w:val="002E3D07"/>
     <w:rsid w:val="002F29E7"/>
     <w:rsid w:val="0031333B"/>
     <w:rsid w:val="00313368"/>
     <w:rsid w:val="00314A6E"/>
     <w:rsid w:val="00334C0B"/>
     <w:rsid w:val="00335EC4"/>
     <w:rsid w:val="00337FB9"/>
     <w:rsid w:val="00340EDB"/>
     <w:rsid w:val="00343F63"/>
     <w:rsid w:val="00364516"/>
     <w:rsid w:val="0036680B"/>
     <w:rsid w:val="00373919"/>
     <w:rsid w:val="00386B4A"/>
     <w:rsid w:val="00392B81"/>
     <w:rsid w:val="00394BDE"/>
     <w:rsid w:val="0039558F"/>
     <w:rsid w:val="003A5C1B"/>
     <w:rsid w:val="003B4602"/>
     <w:rsid w:val="003C0A11"/>
     <w:rsid w:val="003C64FD"/>
     <w:rsid w:val="003C7D16"/>
     <w:rsid w:val="003D029C"/>
     <w:rsid w:val="003D6591"/>
+    <w:rsid w:val="004031A3"/>
     <w:rsid w:val="00404679"/>
     <w:rsid w:val="004049CE"/>
     <w:rsid w:val="00412D93"/>
     <w:rsid w:val="00424B31"/>
     <w:rsid w:val="00425FC2"/>
     <w:rsid w:val="00426C3F"/>
     <w:rsid w:val="004304BB"/>
     <w:rsid w:val="004311C9"/>
     <w:rsid w:val="00434C60"/>
     <w:rsid w:val="00435BE1"/>
     <w:rsid w:val="004373A6"/>
     <w:rsid w:val="004436B6"/>
     <w:rsid w:val="0045380B"/>
     <w:rsid w:val="00456056"/>
     <w:rsid w:val="0046236D"/>
     <w:rsid w:val="00462AC3"/>
     <w:rsid w:val="00462FA2"/>
     <w:rsid w:val="00464B55"/>
     <w:rsid w:val="00467E7F"/>
     <w:rsid w:val="004818C3"/>
     <w:rsid w:val="00490225"/>
     <w:rsid w:val="00496B10"/>
     <w:rsid w:val="004A1F7C"/>
     <w:rsid w:val="004A477D"/>
     <w:rsid w:val="004A6D23"/>
@@ -25972,50 +26157,51 @@
     <w:rsid w:val="004E24E2"/>
     <w:rsid w:val="004F1B2F"/>
     <w:rsid w:val="004F602D"/>
     <w:rsid w:val="00500D8A"/>
     <w:rsid w:val="005126FE"/>
     <w:rsid w:val="00512883"/>
     <w:rsid w:val="005205C4"/>
     <w:rsid w:val="005231B9"/>
     <w:rsid w:val="0052322E"/>
     <w:rsid w:val="005242AD"/>
     <w:rsid w:val="00525987"/>
     <w:rsid w:val="0053168A"/>
     <w:rsid w:val="0053603B"/>
     <w:rsid w:val="00553B4D"/>
     <w:rsid w:val="00555FD6"/>
     <w:rsid w:val="00556EAE"/>
     <w:rsid w:val="005603D9"/>
     <w:rsid w:val="00561B2B"/>
     <w:rsid w:val="005671EE"/>
     <w:rsid w:val="005869A5"/>
     <w:rsid w:val="00587123"/>
     <w:rsid w:val="0058756E"/>
     <w:rsid w:val="00595400"/>
     <w:rsid w:val="00595920"/>
     <w:rsid w:val="005A0BEB"/>
+    <w:rsid w:val="005A3BFD"/>
     <w:rsid w:val="005A56CB"/>
     <w:rsid w:val="005B3530"/>
     <w:rsid w:val="005B6F6E"/>
     <w:rsid w:val="005D2209"/>
     <w:rsid w:val="00601FD2"/>
     <w:rsid w:val="006027B3"/>
     <w:rsid w:val="0061702B"/>
     <w:rsid w:val="006210FE"/>
     <w:rsid w:val="006350E3"/>
     <w:rsid w:val="006404B3"/>
     <w:rsid w:val="006449DA"/>
     <w:rsid w:val="0065237C"/>
     <w:rsid w:val="006620A3"/>
     <w:rsid w:val="00676232"/>
     <w:rsid w:val="00677B0F"/>
     <w:rsid w:val="00677F4E"/>
     <w:rsid w:val="00680B9D"/>
     <w:rsid w:val="00680D8F"/>
     <w:rsid w:val="00682A8A"/>
     <w:rsid w:val="006905E5"/>
     <w:rsid w:val="00691955"/>
     <w:rsid w:val="00696955"/>
     <w:rsid w:val="006B165A"/>
     <w:rsid w:val="006C311E"/>
     <w:rsid w:val="006C41DD"/>
@@ -26070,104 +26256,107 @@
     <w:rsid w:val="00884F84"/>
     <w:rsid w:val="00887928"/>
     <w:rsid w:val="00890915"/>
     <w:rsid w:val="0089730D"/>
     <w:rsid w:val="008A408B"/>
     <w:rsid w:val="008B1699"/>
     <w:rsid w:val="008B4A2C"/>
     <w:rsid w:val="008E1E58"/>
     <w:rsid w:val="008E29DC"/>
     <w:rsid w:val="008E47BE"/>
     <w:rsid w:val="008F22E3"/>
     <w:rsid w:val="008F6348"/>
     <w:rsid w:val="00900A47"/>
     <w:rsid w:val="00906204"/>
     <w:rsid w:val="00921A95"/>
     <w:rsid w:val="009446E6"/>
     <w:rsid w:val="00956785"/>
     <w:rsid w:val="00967549"/>
     <w:rsid w:val="009675FA"/>
     <w:rsid w:val="00982594"/>
     <w:rsid w:val="00983619"/>
     <w:rsid w:val="00984234"/>
     <w:rsid w:val="00984E79"/>
     <w:rsid w:val="009B3C08"/>
     <w:rsid w:val="009B45CD"/>
+    <w:rsid w:val="009C1915"/>
     <w:rsid w:val="009C3548"/>
     <w:rsid w:val="009C3A0D"/>
     <w:rsid w:val="009D5114"/>
     <w:rsid w:val="009D6C72"/>
+    <w:rsid w:val="009E62A4"/>
     <w:rsid w:val="009E7D44"/>
     <w:rsid w:val="009F02BB"/>
     <w:rsid w:val="009F2425"/>
     <w:rsid w:val="00A10A37"/>
     <w:rsid w:val="00A123D2"/>
     <w:rsid w:val="00A12EBF"/>
     <w:rsid w:val="00A13135"/>
     <w:rsid w:val="00A13A5B"/>
     <w:rsid w:val="00A24199"/>
     <w:rsid w:val="00A32114"/>
     <w:rsid w:val="00A4301D"/>
     <w:rsid w:val="00A44311"/>
     <w:rsid w:val="00A456F5"/>
     <w:rsid w:val="00A4641F"/>
     <w:rsid w:val="00A50772"/>
     <w:rsid w:val="00A5228C"/>
     <w:rsid w:val="00A52A76"/>
     <w:rsid w:val="00A52B04"/>
     <w:rsid w:val="00A648BE"/>
     <w:rsid w:val="00A707A4"/>
     <w:rsid w:val="00A818AE"/>
     <w:rsid w:val="00A85B90"/>
     <w:rsid w:val="00A86523"/>
     <w:rsid w:val="00A86719"/>
     <w:rsid w:val="00A96F05"/>
     <w:rsid w:val="00A971FD"/>
     <w:rsid w:val="00AC23AA"/>
     <w:rsid w:val="00AC4BF2"/>
     <w:rsid w:val="00AD34D9"/>
     <w:rsid w:val="00AF2B38"/>
     <w:rsid w:val="00AF330E"/>
     <w:rsid w:val="00B0148A"/>
     <w:rsid w:val="00B015A8"/>
     <w:rsid w:val="00B03F16"/>
     <w:rsid w:val="00B052FB"/>
     <w:rsid w:val="00B070EC"/>
     <w:rsid w:val="00B12F6C"/>
     <w:rsid w:val="00B13ACC"/>
     <w:rsid w:val="00B159EB"/>
     <w:rsid w:val="00B21438"/>
     <w:rsid w:val="00B30B43"/>
     <w:rsid w:val="00B32E7D"/>
     <w:rsid w:val="00B47DBE"/>
     <w:rsid w:val="00B70510"/>
     <w:rsid w:val="00B74EB3"/>
     <w:rsid w:val="00B77AB8"/>
     <w:rsid w:val="00B808B6"/>
     <w:rsid w:val="00B8148E"/>
     <w:rsid w:val="00B81CE5"/>
     <w:rsid w:val="00B848F0"/>
+    <w:rsid w:val="00B8638D"/>
     <w:rsid w:val="00B90601"/>
     <w:rsid w:val="00B94F79"/>
     <w:rsid w:val="00BA0689"/>
     <w:rsid w:val="00BA36A1"/>
     <w:rsid w:val="00BA7956"/>
     <w:rsid w:val="00BC029D"/>
     <w:rsid w:val="00BC3C4E"/>
     <w:rsid w:val="00BC46F5"/>
     <w:rsid w:val="00BC60E4"/>
     <w:rsid w:val="00BD2E81"/>
     <w:rsid w:val="00BE631E"/>
     <w:rsid w:val="00BF3BD8"/>
     <w:rsid w:val="00C137B1"/>
     <w:rsid w:val="00C15C1B"/>
     <w:rsid w:val="00C3199F"/>
     <w:rsid w:val="00C3798A"/>
     <w:rsid w:val="00C40F7D"/>
     <w:rsid w:val="00C411B7"/>
     <w:rsid w:val="00C52C84"/>
     <w:rsid w:val="00C646EE"/>
     <w:rsid w:val="00C81B32"/>
     <w:rsid w:val="00C84A16"/>
     <w:rsid w:val="00C9279C"/>
     <w:rsid w:val="00C93466"/>
     <w:rsid w:val="00C93C31"/>
@@ -27704,60 +27893,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...8 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100822E460DE5212544AE370A65AE60E18B" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ddb1318c98bd86ae9a8c63833b4deb33">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="b2e653be-f42d-4a38-acde-44278389a21d" xmlns:ns4="32ba3533-4abd-4934-91f8-45467ee8f2c1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9bca7ede094d81ba231783e210a96569" ns3:_="" ns4:_="">
     <xsd:import namespace="b2e653be-f42d-4a38-acde-44278389a21d"/>
     <xsd:import namespace="32ba3533-4abd-4934-91f8-45467ee8f2c1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -27936,133 +28115,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\apasixtheditionofficeonline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97A48E19-53B0-4E82-A54A-D44DAFEE6D4E}">
-[...15 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DDA0DA65-5B44-42F5-B4C6-659D8D933180}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b2e653be-f42d-4a38-acde-44278389a21d"/>
     <ds:schemaRef ds:uri="32ba3533-4abd-4934-91f8-45467ee8f2c1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36B5AB63-9462-40B9-9FCB-AD40B97CBFF1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97A48E19-53B0-4E82-A54A-D44DAFEE6D4E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8FB8507-4CBB-41DF-A7DC-B4DF4736A683}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>11202</Characters>
+  <Pages>11</Pages>
+  <Words>1967</Words>
+  <Characters>11218</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>93</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Baptist Union of GB</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Kingston Smith</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13141</CharactersWithSpaces>
+  <CharactersWithSpaces>13159</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>7733295</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.baptist.org.uk/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>7929887</vt:i4>
       </vt:variant>
       <vt:variant>