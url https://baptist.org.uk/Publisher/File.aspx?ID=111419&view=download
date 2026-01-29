--- v0 (2025-10-07)
+++ v1 (2026-01-29)
@@ -4,55 +4,55 @@
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="5C21A995" w14:textId="77777777" w:rsidR="009D1BD6" w:rsidRDefault="006B5689" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -294,53 +294,53 @@
                         </a:solidFill>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:arto="http://schemas.microsoft.com/office/word/2006/arto">
-[...1 lines deleted...]
-              <v:rect id="Rectangle 5" style="position:absolute;margin-left:-10.15pt;margin-top:16.35pt;width:462pt;height:31.5pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#f2f2f2" strokeweight="2.25pt" w14:anchorId="37155A37" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA59IC6DQIAABcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XhIQLDQirFZsqSpt&#10;u5W2/QDjOIlV2+OODYF+fceGZenlqSpI1kzGPj5z5nh5e7CG7RUGDa7m41HJmXISGu26mn/9snmz&#10;4CxE4RphwKmaH1Xgt6vXr5aDr9QEejCNQkYgLlSDr3kfo6+KIsheWRFG4JWjYgtoRaQUu6JBMRC6&#10;NcWkLG+KAbDxCFKFQF/vT0W+yvhtq2R8bNugIjM1J24xr5jXbVqL1VJUHQrfa3mmIf6BhRXa0aUX&#10;qHsRBduh/gPKaokQoI0jCbaAttVS5R6om3H5WzdPvfAq90LiBH+RKfw/WPlp/+Q/Y6Ie/APIb4E5&#10;WPfCdeoOEYZeiYauGyehisGH6nIgJYGOsu3wERoardhFyBocWrQJkLpjhyz18SK1OkQm6eNscTOf&#10;ljQRSTUKylmeRSGq59MeQ3yvwLIU1BxplBld7B9CTGxE9bwlswejm402JifYbdcG2V7Q2DeT9M8N&#10;UJPX24xjQ80ni9l8lqF/KYZrDCJIv79hWB3JwEbbmi8um0SVdHvnmmyvKLQ5xcTZuLOQSbtk01Bt&#10;oTmSjggnd9JroqAH/MHZQM6sefi+E6g4Mx8czeLteDpNVs7JdDafUILXle11RThJUDWPnJ3CdTzZ&#10;f+dRdz3dNM69O7ij+bU6S/vC6kyW3JcVP7+UZO/rPO96ec+rnwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AHfz8MfeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bQivY1jWdEBIg&#10;0C4bSLu6bWgqGqdKsq3w9JgT3H7Ln35/LjeTG8TJhNh70nAzVyAMNb7tqdPw/vY4W4KICanFwZPR&#10;8GUibKrLixKL1p9pZ0771AkuoVigBpvSWEgZG2scxrkfDfHuwweHicfQyTbgmcvdIDOl7qTDnviC&#10;xdE8WNN87o9Ow2vMv5/wZbtdYjiozNKq3j0nra+vpvs1iGSm9AfDrz6rQ8VOtT9SG8WgYZapnFEN&#10;ebYAwcBK5RxqDrcLkFUp/39Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA59IC6DQIA&#10;ABcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB38/DH&#10;3gAAAAkBAAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;"/>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="4C3FFFCD" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-10.15pt;margin-top:16.35pt;width:462pt;height:31.5pt;z-index:-251658238;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA59IC6DQIAABcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XhIQLDQirFZsqSpt&#10;u5W2/QDjOIlV2+OODYF+fceGZenlqSpI1kzGPj5z5nh5e7CG7RUGDa7m41HJmXISGu26mn/9snmz&#10;4CxE4RphwKmaH1Xgt6vXr5aDr9QEejCNQkYgLlSDr3kfo6+KIsheWRFG4JWjYgtoRaQUu6JBMRC6&#10;NcWkLG+KAbDxCFKFQF/vT0W+yvhtq2R8bNugIjM1J24xr5jXbVqL1VJUHQrfa3mmIf6BhRXa0aUX&#10;qHsRBduh/gPKaokQoI0jCbaAttVS5R6om3H5WzdPvfAq90LiBH+RKfw/WPlp/+Q/Y6Ie/APIb4E5&#10;WPfCdeoOEYZeiYauGyehisGH6nIgJYGOsu3wERoardhFyBocWrQJkLpjhyz18SK1OkQm6eNscTOf&#10;ljQRSTUKylmeRSGq59MeQ3yvwLIU1BxplBld7B9CTGxE9bwlswejm402JifYbdcG2V7Q2DeT9M8N&#10;UJPX24xjQ80ni9l8lqF/KYZrDCJIv79hWB3JwEbbmi8um0SVdHvnmmyvKLQ5xcTZuLOQSbtk01Bt&#10;oTmSjggnd9JroqAH/MHZQM6sefi+E6g4Mx8czeLteDpNVs7JdDafUILXle11RThJUDWPnJ3CdTzZ&#10;f+dRdz3dNM69O7ij+bU6S/vC6kyW3JcVP7+UZO/rPO96ec+rnwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AHfz8MfeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bQivY1jWdEBIg&#10;0C4bSLu6bWgqGqdKsq3w9JgT3H7Ln35/LjeTG8TJhNh70nAzVyAMNb7tqdPw/vY4W4KICanFwZPR&#10;8GUibKrLixKL1p9pZ0771AkuoVigBpvSWEgZG2scxrkfDfHuwweHicfQyTbgmcvdIDOl7qTDnviC&#10;xdE8WNN87o9Ow2vMv5/wZbtdYjiozNKq3j0nra+vpvs1iGSm9AfDrz6rQ8VOtT9SG8WgYZapnFEN&#10;ebYAwcBK5RxqDrcLkFUp/39Q/QAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA59IC6DQIA&#10;ABcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQB38/DH&#10;3gAAAAkBAAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;cgUAAAAA&#10;" fillcolor="#f2f2f2" strokeweight="2.25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D27282A" w14:textId="77777777" w:rsidR="009D1BD6" w:rsidRDefault="009D1BD6" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783BFC">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -942,51 +942,91 @@
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271A5B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">These Terms of Appointment should be used to appoint a minister to the office of Minister of the church.  The minister will therefore be an “Office Holder”, which is legally distinct from being an “Employee” in a number of significant respects.  These recommended Terms of Appointment do not bring about a ‘contract of service’ or in any way affect the minister’s status as the ‘holder of an office’. It is essential that these terms are not amended in a way that might imply they are a contract of employment (e.g. adding a title of “Contract of Employment”, or stating an “Employment start date”). Including in the Terms of Appointment details of duties or any specific job description might also be construed as creating an employment relationship, so specific legal advice should be obtained before doing so.  </w:t>
+        <w:t xml:space="preserve">These Terms of Appointment should be used to appoint a minister to the office of Minister of the church.  The minister will therefore be an “Office Holder”, which is legally distinct from being an “Employee” in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> significant respects.  These recommended Terms of Appointment do not bring about a ‘contract of service’ or in any way affect the minister’s status as the ‘holder of an office’. It is essential that these terms are not amended in a way that might imply they are a contract of employment (e.g. adding a title of “Contract of Employment</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>”, or</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stating an “Employment start date”). Including in the Terms of Appointment details of duties or any specific job description might also be construed as creating an employment relationship, so specific legal advice should be obtained before doing so.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="745F6B81" w14:textId="77777777" w:rsidR="00271A5B" w:rsidRPr="00271A5B" w:rsidRDefault="00271A5B" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -1014,51 +1054,75 @@
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271A5B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>A minister is classified as an ‘employed person’ for national insurance purposes only, and is subject to income tax under the PAYE system as the holder of an office.</w:t>
+        <w:t xml:space="preserve">A minister is classified as an ‘employed person’ for national insurance purposes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>only, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is subject to income tax under the PAYE system as the holder of an office.</w:t>
       </w:r>
       <w:r w:rsidRPr="00271A5B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> For guidance relating to creating contracts of employment for non-ministerial roles, please see our </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidRPr="00271A5B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:i/>
             <w:iCs/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>Guidance Leaflet: L08 Employment</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00271A5B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -1414,51 +1478,71 @@
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271A5B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The aims of these terms are to express the formal relationship between the office holder and the church which has called them.  Good practice arises out of good relationships built on mutual trust.  However when issues arise and trust is threatened, clear and mutually owned terms become doubly important in enabling trust to be restored and proper processes to be followed in good faith.</w:t>
+        <w:t xml:space="preserve">The aims of these terms are to express the formal relationship between the office holder and the church which has called them.  Good practice arises out of good relationships built on mutual trust.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>However</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> when issues arise and trust is threatened, clear and mutually owned terms become doubly important in enabling trust to be restored and proper processes to be followed in good faith.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62983F58" w14:textId="77777777" w:rsidR="00271A5B" w:rsidRPr="00271A5B" w:rsidRDefault="00271A5B" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -1560,51 +1644,71 @@
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00271A5B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Careful thought should be given before altering or amending the basic terms here recommended, particularly with regard to the payment of expenses.  For example, it would not help the minister if the church were to inflate the stipend figure and neglect proper payment of expenses (including travelling) incurred by the minister in carrying out ministerial duties.</w:t>
+        <w:t xml:space="preserve">Careful thought should be given before altering or amending the basic terms here recommended, particularly </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>with regard to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00271A5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the payment of expenses.  For example, it would not help the minister if the church were to inflate the stipend figure and neglect proper payment of expenses (including travelling) incurred by the minister in carrying out ministerial duties.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D66B774" w14:textId="77777777" w:rsidR="00FA7BCD" w:rsidRDefault="00FA7BCD" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -1656,50 +1760,51 @@
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">The appointment of [name] is to part-time service and is to commence on [date].  </w:t>
       </w:r>
       <w:r w:rsidRPr="002E224D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>It</w:t>
       </w:r>
       <w:r w:rsidR="001D28D0" w:rsidRPr="002E224D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1741,51 +1846,65 @@
         </w:rPr>
         <w:t>six</w:t>
       </w:r>
       <w:r w:rsidR="00D25B86">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
       <w:r w:rsidR="002D7768" w:rsidRPr="00E66A9E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E66A9E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>months’ notice</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">, such notice to expire at any time.  </w:t>
+        <w:t xml:space="preserve">, such notice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>to expire</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at any time.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C72345D" w14:textId="77777777" w:rsidR="0016251B" w:rsidRDefault="0016251B" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -3010,140 +3129,152 @@
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1152" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t>the repair and maintenance of the exterior of the manse;</w:t>
-      </w:r>
+        <w:t xml:space="preserve">the repair and maintenance of the exterior of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D61AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>manse;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="27F9F1EA" w14:textId="77777777" w:rsidR="00086203" w:rsidRDefault="00086203" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4.2</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>the redecoration of the interior of the manse prior to the minister taking up</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>appointment;</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="3AC26DF5" w14:textId="77777777" w:rsidR="00086203" w:rsidRPr="00D61AE0" w:rsidRDefault="00086203" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="50012293" w14:textId="77777777" w:rsidR="00086203" w:rsidRDefault="00086203" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>the payment of council tax, water and sewage charges and building insurance premiums; and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569841AF" w14:textId="77777777" w:rsidR="00086203" w:rsidRPr="00D61AE0" w:rsidRDefault="00086203" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -3284,81 +3415,123 @@
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The minister shall be entitled to [see note 5] days annual holiday in each calendar year to be taken by arrangement with the </w:t>
       </w:r>
       <w:r w:rsidR="00086203">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>charity trustees</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">.  In January and July of each year the minister shall agree with </w:t>
       </w:r>
       <w:r w:rsidR="00086203">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>charity trustee</w:t>
+        <w:t xml:space="preserve">charity </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00086203">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>trustee</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">s arrangements and possible dates for important Sunday services, </w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> arrangements and possible dates for important Sunday services, </w:t>
       </w:r>
       <w:r w:rsidR="00086203">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>charity trustees</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and church meetings for the next six months, which shall normally have priority over appointments with the [name of other employer].  Public holidays are [included in/extra to] the [ </w:t>
+        <w:t xml:space="preserve"> and church meetings for the next six months, which shall normally have priority over appointments with the [name of other employer].  Public holidays are [included in/extra to] the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[ </w:t>
       </w:r>
       <w:r w:rsidR="00DF0F21">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>] days. The church agrees that up to [  ] days holiday may be carried forward to the following year.</w:t>
+        <w:t>]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> days. The church agrees that up to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>[  ]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> days holiday may be carried forward to the following year.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="568E93FE" w14:textId="77777777" w:rsidR="00100E9D" w:rsidRPr="00F23448" w:rsidRDefault="00100E9D" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="567"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -3594,51 +3767,65 @@
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The church shall pay to the minister in respect of all approved church business travel a mileage allowance in accordance with the </w:t>
+        <w:t xml:space="preserve">The church shall pay to the minister in respect of all approved church business travel </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>a mileage</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> allowance in accordance with the </w:t>
       </w:r>
       <w:r w:rsidR="0003280D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>rates approved from time to time by HMRC.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5430043B" w14:textId="77777777" w:rsidR="00100E9D" w:rsidRPr="00F23448" w:rsidRDefault="00100E9D" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
@@ -4104,51 +4291,65 @@
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
       <w:r w:rsidR="00100E9D" w:rsidRPr="00087E94">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> allow </w:t>
       </w:r>
       <w:r w:rsidR="00100E9D" w:rsidRPr="17B0E841">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">time for study and participation in the programme during normal working </w:t>
       </w:r>
       <w:r w:rsidR="00100E9D" w:rsidRPr="0094116B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>hours</w:t>
       </w:r>
       <w:r w:rsidR="0094116B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> as far as is practical</w:t>
+        <w:t xml:space="preserve"> as far </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0094116B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0094116B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is practical</w:t>
       </w:r>
       <w:r w:rsidR="008A749A" w:rsidRPr="0094116B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00100E9D" w:rsidRPr="0094116B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00100E9D" w:rsidRPr="17B0E841">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>and pay such expenses as determined from time to time.</w:t>
       </w:r>
       <w:r w:rsidR="00E236E2">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5613,51 +5814,65 @@
       </w:r>
       <w:r w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>For trainee Recognised Local Ministers only,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> the church may choose to stipulate in this clause that they can </w:t>
       </w:r>
       <w:r w:rsidR="0003653F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>terminate</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> the minister’s appointment on three months notice only, rather than the usual six months.</w:t>
+        <w:t xml:space="preserve"> the minister’s appointment on three </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00FD63E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>months notice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00FD63E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> only, rather than the usual six months.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1EF772" w14:textId="77777777" w:rsidR="00825AC4" w:rsidRDefault="00825AC4" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -6016,51 +6231,51 @@
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78DBDCE9" w14:textId="20C23721" w:rsidR="00D6671F" w:rsidRDefault="00D6671F" w:rsidP="007204FE">
+    <w:p w14:paraId="78DBDCE9" w14:textId="390717C5" w:rsidR="00D6671F" w:rsidRDefault="00D6671F" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
@@ -6103,99 +6318,161 @@
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> ministers are required to undertake the safeguarding training required by the Ministerial Recognition Committee (MRC) to maintain their accreditation </w:t>
       </w:r>
       <w:r w:rsidR="00AD748E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> recognition. </w:t>
       </w:r>
       <w:r w:rsidR="00203DC6" w:rsidRPr="0082681B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>The current training requirements are to undertake Excellence in Safeguarding Training through BUGB at level 2 and 3 every four years</w:t>
+        <w:t xml:space="preserve">The current training requirements are to undertake Excellence in Safeguarding Training through BUGB at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00203DC6" w:rsidRPr="0082681B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>level</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00203DC6" w:rsidRPr="0082681B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 and 3 every four years</w:t>
+      </w:r>
+      <w:r w:rsidR="00715D41">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in England and every three years in Wales</w:t>
       </w:r>
       <w:r w:rsidR="00203DC6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00371822">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>They must also undertake other manda</w:t>
       </w:r>
       <w:r w:rsidR="00203DC6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>tory</w:t>
       </w:r>
       <w:r w:rsidR="00371822">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> training </w:t>
       </w:r>
       <w:r w:rsidR="00203DC6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>set by the MRC from time to time</w:t>
       </w:r>
       <w:r w:rsidR="003F4A9E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> to retain their accreditation or recognition</w:t>
       </w:r>
       <w:r w:rsidR="00203DC6">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">If you require a waiver to call a non-accredited minister the safeguarding training required by the MRC will be a condition of the waiver being granted. The safeguarding training clause should be included for all of the above. If your minister is not accredited or recognised and you do not need a waiver </w:t>
+        <w:t xml:space="preserve">If you require a waiver to call a non-accredited minister the safeguarding training required by the MRC will be a condition </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D6671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D6671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the waiver being granted. The safeguarding training clause should be included for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D6671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D6671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the above. If your minister is not accredited or recognised and you do not need a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D6671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>waiver</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D6671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0082681B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>we would strongly encourage you to retain this clause.</w:t>
       </w:r>
       <w:r w:rsidR="0007158D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>The responsibility to ensure that non-accredited and non-recognised ministers undertake their safeguarding training remains with the church trustees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C8F9EC" w14:textId="4A37FFA8" w:rsidR="0019086A" w:rsidRDefault="009D5B33" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -6261,69 +6538,104 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>Clause 2</w:t>
       </w:r>
       <w:r w:rsidR="00437397">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
         <w:t>The minimum amount of time which the minister is to spend on church duties needs to be agreed and recorded in clause 2.  It is probably helpful to st</w:t>
       </w:r>
       <w:r w:rsidR="00A277F2">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>ate this in terms of the number of days in which they perform their duties</w:t>
+        <w:t xml:space="preserve">ate this in terms of the number of days </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A277F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>in</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A277F2">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> which they perform their duties</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> or sessions to be fulfilled.</w:t>
       </w:r>
       <w:r w:rsidR="000605BE" w:rsidRPr="000605BE">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00437397" w:rsidRPr="006D265D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>As part of the settlement process a discussion should take place around the expectations of the church and the minister to ensure that the minister is able to maintain a good work life balance which will enable them to sustain their spiritual, emotional and physical wellbeing, as well as family and other significant relationships. There should be a recognition that there will be times within the year when the minister will be busily engaged in serving the church and community and other points in the year when there is more time for refreshment. Ministry requires a flexible approach, and the minister is expected to exercise their professional judgment in how they maintain that balance. This pattern of service should be reviewed periodically.</w:t>
+        <w:t xml:space="preserve">As part of the settlement process a discussion should take place around the expectations of the church and the minister to ensure that the minister is able to maintain a good work life balance which will enable them to sustain their spiritual, emotional and physical wellbeing, as well as family and other significant relationships. There should be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00437397" w:rsidRPr="006D265D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>a recognition</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00437397" w:rsidRPr="006D265D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that there will be times within the year when the minister will be busily engaged in serving the church and community and other points in the year when there is more time for refreshment. Ministry requires a flexible approach, and the minister is expected to exercise their professional judgment in how they maintain that balance. This pattern of service should be reviewed </w:t>
+      </w:r>
+      <w:r w:rsidR="00437397" w:rsidRPr="006D265D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>periodically.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4646645E" w14:textId="77777777" w:rsidR="008D08D9" w:rsidRDefault="008D08D9" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -6390,75 +6702,103 @@
       <w:r w:rsidR="00AB26A1" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>two</w:t>
       </w:r>
       <w:r w:rsidR="008D08D9" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> churches</w:t>
       </w:r>
       <w:r w:rsidR="00BA3FD8" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>, so time needs to be made available jointly.</w:t>
       </w:r>
       <w:r w:rsidR="0094116B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0094116B" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">In determining how much time is released for CMD there will need to be a recognition that this could become a disproportionately large part of their availability to the church depending on the hours worked. For example, for Newly Accredited Ministers, the requirement is greater due to additional studies and is likely to be in the region of half a day per week. This may mean it would be appropriate for some CMD to take place in the minister’s own </w:t>
+        <w:t xml:space="preserve">In determining how much time is released for CMD there will need to be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0094116B" w:rsidRPr="21B68300">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>a recognition</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0094116B" w:rsidRPr="21B68300">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that this could become a disproportionately large part of their availability to the church depending on the hours worked. For example, for Newly Accredited Ministers, the requirement is greater due to additional studies and is likely to be in the region of half a day per week. This may mean it would be appropriate for some CMD to take place in the minister’s own </w:t>
       </w:r>
       <w:r w:rsidR="00D6671F" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">time. </w:t>
       </w:r>
       <w:r w:rsidR="00BA3FD8" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">However, attendance at ministers’ conferences and Assembly </w:t>
       </w:r>
       <w:r w:rsidR="00F16E33" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>should</w:t>
       </w:r>
       <w:r w:rsidR="00BA3FD8" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be very beneficial for a minister so we would strongly encourage this not to be on pro rata</w:t>
+        <w:t xml:space="preserve"> be very beneficial for a minister so we would strongly encourage this not to be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BA3FD8" w:rsidRPr="21B68300">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>on</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA3FD8" w:rsidRPr="21B68300">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pro rata</w:t>
       </w:r>
       <w:r w:rsidR="008D08D9" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BA3FD8" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">basis. </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk160639836"/>
       <w:r w:rsidR="00BA3FD8" w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>We would also encourage the church to be as generous as possible in financing CMD.</w:t>
       </w:r>
       <w:r w:rsidR="00BA3FD8" w:rsidRPr="003539E2">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -6610,56 +6950,65 @@
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>Clause 4</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00282B99">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00282B99" w:rsidRPr="000B7651">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>n most cases manse accommodation is provided by way of a church-owned manse but in some situations</w:t>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00282B99" w:rsidRPr="000B7651">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> most cases manse accommodation is provided by way of a church-owned manse but in some situations</w:t>
       </w:r>
       <w:r w:rsidR="00282B99">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00282B99" w:rsidRPr="000B7651">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> it may be necessary to rent accommodation from a third-party landlord</w:t>
       </w:r>
       <w:r w:rsidR="004516AF">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00282B99" w:rsidRPr="000B7651">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -6934,51 +7283,67 @@
     <w:p w14:paraId="38BB6C24" w14:textId="77777777" w:rsidR="00F47FC2" w:rsidRPr="00FA7BCD" w:rsidRDefault="00F47FC2" w:rsidP="5DCA8F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA7BCD">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FA7BCD">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Since 6 April 2017 the tax treatment of reimbursed heating and lighting expenses has changed and, instead of dealing with these as a form P11D item, the amount reimbursed in excess of the cost attributable to “church-business” use should be treated as additional pay for income tax purposes but not (because of the fore-mentioned exemption) for NICs. The “church-business” element needs to be mutually assessed and agreed by church and minister.  </w:t>
+        <w:t xml:space="preserve">Since 6 April 2017 the tax treatment of reimbursed heating and lighting expenses has changed and, instead of dealing with these as a form P11D item, the amount reimbursed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FA7BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>in excess of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FA7BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the cost attributable to “church-business” use should be treated as additional pay for income tax purposes but not (because of the fore-mentioned exemption) for NICs. The “church-business” element needs to be mutually assessed and agreed by church and minister.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09307227" w14:textId="77777777" w:rsidR="00F47FC2" w:rsidRDefault="00F47FC2" w:rsidP="5DCA8F8D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA7BCD">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FA7BCD">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
@@ -7095,51 +7460,58 @@
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>Clause 5</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The holiday entitlement for a part-time post needs to be set proportionately and agreed. For a full-time </w:t>
+        <w:t xml:space="preserve">The holiday entitlement for a part-time post needs to be set proportionately and agreed. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">For a full-time </w:t>
       </w:r>
       <w:r w:rsidR="00AB6EF2" w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>minister,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> it is usual to offer </w:t>
       </w:r>
       <w:r w:rsidR="00AB6EF2" w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>twenty-five</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> days holiday a year plus nine Sundays for which the minister will have no responsibilities in the church or financial commitment for any replacement.  </w:t>
       </w:r>
@@ -7199,87 +7571,115 @@
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>Since</w:t>
       </w:r>
       <w:r w:rsidR="00471A37" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> a </w:t>
       </w:r>
       <w:r w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>full-time</w:t>
       </w:r>
       <w:r w:rsidR="00471A37" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> minister is able to take 5 weeks</w:t>
+        <w:t xml:space="preserve"> minister </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00471A37" w:rsidRPr="5DCA8F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00471A37" w:rsidRPr="5DCA8F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> take 5 weeks</w:t>
       </w:r>
       <w:r w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> leave, part-time ministers should be able to do the</w:t>
       </w:r>
       <w:r w:rsidR="00941DD1" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> same.</w:t>
       </w:r>
       <w:r w:rsidR="00AC7603" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F12EB" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">For example, </w:t>
       </w:r>
       <w:r w:rsidR="00A277F2" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">if someone is normally available for 3 days a week they will have 15 days holiday, enabling them to take 5 weeks off. </w:t>
       </w:r>
       <w:r w:rsidR="00100E9D" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">A week’s leave is calculated on the basis of the equivalent to the time </w:t>
+        <w:t xml:space="preserve">A week’s leave is calculated </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00100E9D" w:rsidRPr="5DCA8F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00100E9D" w:rsidRPr="5DCA8F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the equivalent to the time </w:t>
       </w:r>
       <w:r w:rsidR="00A277F2" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>they are available for ministry</w:t>
       </w:r>
       <w:r w:rsidR="00100E9D" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> in a week</w:t>
       </w:r>
       <w:r w:rsidR="00A277F2" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>.  If the minister’s availability</w:t>
       </w:r>
       <w:r w:rsidR="00100E9D" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> is expressed in terms of hours, a church may wish to express the annual leave entitlement in terms of hours too. The minimum period of annual leave should not normally include public holidays. Subject to mutual agreement it is usual to allow </w:t>
       </w:r>
@@ -7551,51 +7951,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2EEEFA62" w14:textId="5360B553" w:rsidR="00321524" w:rsidRPr="00D61AE0" w:rsidRDefault="00321524" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:ind w:left="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>There are alternative ways of dealing with car expenses, including the provision and upkeep by the church of a car for the minister’s use in the performance of his or her duties.  However, where a car is also provided on the basis that it may be used for personal purposes as well as church business the minister will be taxed on this benefit and the position needs to be considered very carefully before adopting this course.</w:t>
+        <w:t xml:space="preserve">There are alternative ways of dealing with car expenses, including the provision and upkeep by the church of a car for the minister’s use in the performance of his or her duties.  However, where a car is also provided on the basis that it may be used for personal purposes as well as church business the minister will be taxed on this </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D61AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>benefit</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D61AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the position needs to be considered very carefully before adopting this course.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18375C7E" w14:textId="77777777" w:rsidR="00100E9D" w:rsidRPr="00C45A0A" w:rsidRDefault="00100E9D" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -7629,51 +8045,65 @@
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>Clause 8</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BC1980" w:rsidRPr="00BC1980">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>A church should ensure that a minister is not out of pocket by virtue of the expenses which are incurred in the performance of his or her duties.  However, a church should avoid payment of round sum allowances for any purpose since these will have to be treated as pay for the purposes of PAYE, income tax and national insurance.  Expenses should therefore be reimbursed specifically against receipted invoices or paid directly by the church.  Any equipment or books required by the minister should be purchased by the church.</w:t>
+        <w:t xml:space="preserve">A church should ensure that a minister is not out of pocket by virtue of the expenses which are incurred in the performance of his or her duties.  However, a church should avoid payment of round sum allowances for any purpose since these will have to be treated as </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00BC1980" w:rsidRPr="00BC1980">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>pay</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BC1980" w:rsidRPr="00BC1980">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the purposes of PAYE, income tax and national insurance.  Expenses should therefore be reimbursed specifically against receipted invoices or paid directly by the church.  Any equipment or books required by the minister should be purchased by the church.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DDCB13B" w14:textId="77777777" w:rsidR="009624AC" w:rsidRPr="00C45A0A" w:rsidRDefault="009624AC" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -7689,51 +8119,67 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>Clause 9</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00B216BE" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ministers seeking to be enrolled on the Baptist Union Register of Nationally Accredited Ministers are strongly advised to make arrangements regarding their pension and life cover.  This could be either through the Baptist Pension Scheme or, alternatively, under other arrangements and it is recommended that there is minimum death in service cover at least equal to that provided by the Baptist scheme.  </w:t>
+        <w:t xml:space="preserve">Ministers seeking to be enrolled on the Baptist Union Register of Nationally Accredited Ministers are strongly advised to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B216BE" w:rsidRPr="5DCA8F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>make arrangements</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00B216BE" w:rsidRPr="5DCA8F8D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> regarding their pension and life cover.  This could be either through the Baptist Pension Scheme or, alternatively, under other arrangements and it is recommended that there is minimum death in service cover at least equal to that provided by the Baptist scheme.  </w:t>
       </w:r>
       <w:r w:rsidR="00941DD1" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Details of the Ministers’ Pension Scheme are available from </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidR="00BC1980" w:rsidRPr="5DCA8F8D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>www.baptistpensions.org.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BC1980" w:rsidRPr="5DCA8F8D">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7866,51 +8312,65 @@
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>Clause 10</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">During any period of temporary incapacity the stipend should be paid in full together with any agreed allowances (eg manse expenses) and pension contributions.  For periods of sickness of four days or over the church may be able to recover a percentage of any statutory sick pay made, subject to the conditions set out </w:t>
+        <w:t>During any period of temporary incapacity the stipend should be paid in full together with any agreed allowances (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> manse expenses) and pension contributions.  For periods of sickness of four days or over the church may be able to recover a percentage of any statutory sick pay made, subject to the conditions set out </w:t>
       </w:r>
       <w:r w:rsidR="006B32A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidR="006B32A0" w:rsidRPr="00C45A0A">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:color w:val="auto"/>
           </w:rPr>
           <w:t>www.hmrc.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="006B32A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
@@ -8015,51 +8475,59 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2784F98B" w14:textId="35F963BF" w:rsidR="00BC153E" w:rsidRPr="00C445A0" w:rsidRDefault="00BC153E" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:ind w:left="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Churches are advised that if they exercise their discretion in extending sick pay beyond the stated period that they thereby establish a practice which will become applicable to the ministerial appointment and may become applicable to other workers or employees of the church.  It is suggested that the discretion could be exercised in a manner that provides full stipend</w:t>
+        <w:t xml:space="preserve">Churches are advised that if they exercise their discretion in extending sick pay beyond the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>stated period that they thereby establish a practice which will become applicable to the ministerial appointment and may become applicable to other workers or employees of the church.  It is suggested that the discretion could be exercised in a manner that provides full stipend</w:t>
       </w:r>
       <w:r w:rsidR="007D7E30">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> pro rata </w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>and allowances for a period</w:t>
       </w:r>
       <w:r w:rsidR="007D7E30">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -8116,58 +8584,102 @@
         </w:rPr>
         <w:t xml:space="preserve"> may be fit for work if the </w:t>
       </w:r>
       <w:r w:rsidR="007D7E30">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>church</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> makes certain adjustments. Th</w:t>
       </w:r>
       <w:r w:rsidR="007D7E30">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>is is to</w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> encourage further discussions between doctor and patient and between </w:t>
-      </w:r>
+        <w:t xml:space="preserve"> encourage further discussions between </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>doctor</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>patient</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C445A0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and between </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="007D7E30">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>minister and church</w:t>
-      </w:r>
+        <w:t>minister</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007D7E30">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007D7E30">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>church</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> on the potential options that could facilitate a return to work. Th</w:t>
       </w:r>
       <w:r w:rsidR="007D7E30">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>is unlikely to remove the need to obtain a specialist medical report.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="018E4BD3" w14:textId="77777777" w:rsidR="00100E9D" w:rsidRPr="00C45A0A" w:rsidRDefault="00100E9D" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
@@ -9098,51 +9610,69 @@
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F728E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>BUGB operates as a charitable incorporated organisation (CIO) with registered Charity Number: 1181392</w:t>
+        <w:t xml:space="preserve">BUGB operates as a charitable incorporated </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F728E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F728E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CIO) with registered Charity Number: 1181392</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="11DAFF9D" w14:textId="3ECFF156" w:rsidR="00332E39" w:rsidRDefault="00332E39" w:rsidP="007204FE">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="623BFCBB" w14:textId="4CD5C764" w:rsidR="00437397" w:rsidRDefault="00437397" w:rsidP="007204FE">
       <w:pPr>
@@ -9749,96 +10279,128 @@
         <w:t xml:space="preserve"> week before the week that the baby is due</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">) should receive not less than 39 weeks of maternity pay in total, 26 weeks of which should be at their normal stipend level, and a further thirteen weeks at the Statutory Maternity Pay rate. The church will be entitled to recover statutory maternity pay for the whole period as detailed at </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="006D4F77">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>www.hmrc.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>. In addition to stipend any agreed continuing allowances (eg manse expenses) as well as pension contributions, should be paid.</w:t>
+        <w:t>. In addition to stipend any agreed continuing allowances (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>eg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> manse expenses) as well as pension contributions, should be paid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6379228C" w14:textId="77777777" w:rsidR="0023317E" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="392F4195" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="00174742" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">A minister with less than 26 weeks service (as defined above) will still be entitled to 52 weeks of maternity leave, but will not qualify for statutory maternity pay. Instead, she may be entitled to Maternity Allowance and should speak to her local Job Centre Plus. </w:t>
+        <w:t xml:space="preserve">A minister with less than 26 weeks service (as defined above) will still be entitled to 52 weeks of maternity </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>leave, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will not qualify for statutory maternity pay. Instead, she may be entitled to Maternity Allowance and should speak to her local Job Centre Plus. </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk160641938"/>
       <w:r w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">More information on Maternity Allowance can be found at </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="006D4F77">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>www.gov.uk/maternity-allowance/overview</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
@@ -10078,96 +10640,152 @@
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="0003709E" w:rsidRPr="0008024A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>ce</w:t>
       </w:r>
       <w:r w:rsidR="007234DF" w:rsidRPr="0008024A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">narios raises </w:t>
       </w:r>
       <w:r w:rsidR="007234DF" w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>any concerns please contact your Regional Minister or Association.</w:t>
+        <w:t xml:space="preserve">any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007234DF" w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>concerns</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007234DF" w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please contact your Regional Minister or Association.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="706CE199" w14:textId="77777777" w:rsidR="0023317E" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C17B042" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="00174742" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The church has a responsibility to carry out a pregnancy related risk assessment to ensure that the minister is safe to continue in their duties whist pregnant or whilst nursing a baby, and should make adjustments where required to ensure a safe working environment.</w:t>
+        <w:t xml:space="preserve">The church has a responsibility to carry out a pregnancy related risk assessment to ensure that the minister is safe to continue in their duties whist pregnant or whilst nursing a </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>baby, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>make adjustments</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00174742">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> where required to ensure a safe working environment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D18940" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="00D61AE0" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="288B3BB6" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="00D61AE0" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
@@ -10715,51 +11333,67 @@
     </w:p>
     <w:p w14:paraId="244F6B61" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="00D61AE0" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>The person who is the child’s adopter is entitled to Adoption leave which is similar to Maternity leave.  Paternity leave is available to any spouse or person who will also have responsibility for the child’s upbringing. Only one person can take Adoption leave</w:t>
+        <w:t xml:space="preserve">The person who is the child’s adopter is entitled to Adoption leave which is </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D61AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>similar to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D61AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Maternity leave.  Paternity leave is available to any spouse or person who will also have responsibility for the child’s upbringing. Only one person can take Adoption leave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>, but the other can take paternity leave and/or shared parental leave</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15D736FE" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="00D61AE0" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
@@ -10784,51 +11418,67 @@
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D4F77">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Paternity leave:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D4F77">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The entitlement to Adoption leave and Paternity leave associated with the adoption of a child need not necessarily follow ‘Mother’ and ‘Father’ stereotypes.  If a child is adopted it is possible to take up to a total of 18 weeks unpaid parental leave for each of the children until their 18th birthday.  </w:t>
+        <w:t xml:space="preserve">The entitlement to Adoption </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D4F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>leave</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D4F77">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Paternity leave associated with the adoption of a child need not necessarily follow ‘Mother’ and ‘Father’ stereotypes.  If a child is adopted it is possible to take up to a total of 18 weeks unpaid parental leave for each of the children until their 18th birthday.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D6FAC2" w14:textId="77777777" w:rsidR="0023317E" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D5EC80E" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="00D61AE0" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="682DAA48" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="001540F0" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001540F0">
         <w:rPr>
@@ -10884,58 +11534,95 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="4154023C" w14:textId="77777777" w:rsidR="0023317E" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EE6990E" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="009E144F" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">Shared parental pay is available for a total of 37 weeks, and will be paid at either the statutory rate or at the enhanced rate available for female ministers during the first 26 weeks of their maternity leave. </w:t>
+        <w:t xml:space="preserve">Shared parental pay is available for a total of 37 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>weeks, and</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be paid at either the statutory </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">rate or at the enhanced rate available for female ministers during the first 26 weeks of their maternity leave. </w:t>
       </w:r>
       <w:r w:rsidRPr="009E144F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">The minister should continue to be paid stipend during the period of leave and the church will be entitled to recover statutory parental pay as detailed at </w:t>
+        <w:t xml:space="preserve">The minister should continue to be paid stipend during the period of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009E144F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>leave</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009E144F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the church will be entitled to recover statutory parental pay as detailed at </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidRPr="009E144F">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>www.hmrc.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="009E144F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> In addition to stipend any agreed continuing allowances (e</w:t>
       </w:r>
@@ -10954,76 +11641,118 @@
         <w:t>manse expenses) as well as pension contributions, should be paid.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F8A7F14" w14:textId="77777777" w:rsidR="0023317E" w:rsidRPr="009E144F" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F3A3007" w14:textId="77777777" w:rsidR="0023317E" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>Please note that if the mother or father of the child works for another employer, then their entitlement to paid shared parental leave will be on the basis of the statutory rates of pay, and is the responsibility of their employer, not any enhanced pay offered by the church. If both the mother or father are serving Baptist ministers, then there is an expectation that the church will pay the enhanced rate of pay for any period of SPL taken by mother or father in which the mother would normally be paid at enhanced rate.</w:t>
+        <w:t xml:space="preserve">Please note that if the mother or father of the child works for another employer, then their entitlement to paid shared parental leave will be </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>on the basis of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the statutory rates of pay, and is the responsibility of their employer, not any enhanced pay offered by the church. If both the mother or father are serving Baptist ministers, then there is an expectation that the church will pay the enhanced rate of pay for any period of SPL taken by mother or father in which the mother would normally be paid at enhanced rate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45B726C0" w14:textId="77777777" w:rsidR="00C83643" w:rsidRDefault="00C83643" w:rsidP="00E16C38">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6179BD01" w14:textId="6653ECA3" w:rsidR="00655F0F" w:rsidRDefault="0023317E" w:rsidP="00C83643">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C83643">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>Leave can be taken on a continuous or discontinuous basis, and the church must respond to requests for shared parental leave within 14 days of receipt of a request. Continuous leave is taken in one block. Discontinuous leave, for which up to 3 separate requests can be made during the leave period, is leave where SPL is shared in a series of leave periods. For example, the mother may take leave for 2 months, followed by the father for 2 months, then reverting to the mother, etc. Churches may refuse requests for discontinuous leave, but should consider all requests carefully</w:t>
+        <w:t xml:space="preserve">Leave can be taken on a continuous or discontinuous basis, and the church must respond to requests for shared parental leave within 14 days of receipt of a request. Continuous leave is taken in one block. Discontinuous leave, for which up to 3 separate requests can be made during the leave period, is leave where SPL is shared in a series of leave periods. For example, the mother may take leave for 2 months, followed by the father for 2 months, then </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C83643">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>reverting</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C83643">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the mother, etc. Churches may refuse requests for discontinuous </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00C83643">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>leave, but</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00C83643">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should consider all requests carefully</w:t>
       </w:r>
       <w:r w:rsidR="004B1E65">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D690145" w14:textId="77777777" w:rsidR="00655F0F" w:rsidRDefault="00655F0F" w:rsidP="00E16C38">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="393F0645" w14:textId="7191CA34" w:rsidR="00C83643" w:rsidRDefault="00655F0F" w:rsidP="00E16C38">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
@@ -11089,51 +11818,67 @@
       <w:r w:rsidR="005C090E" w:rsidRPr="0008024A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">leave, the three years for them to complete their training should be extended </w:t>
       </w:r>
       <w:r w:rsidR="002313C3" w:rsidRPr="0008024A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">only by </w:t>
       </w:r>
       <w:r w:rsidR="002313C3" w:rsidRPr="0008024A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>number of months which s/he has taken in total leave, i.e. both paid maternity leave, shared parental leave plus any further unpaid leave.</w:t>
       </w:r>
       <w:r w:rsidR="005C090E" w:rsidRPr="0008024A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> If either of these scenarios raises any concerns please contact your Regional Minister or Association.</w:t>
+        <w:t xml:space="preserve"> If either of these scenarios raises any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="005C090E" w:rsidRPr="0008024A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>concerns</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005C090E" w:rsidRPr="0008024A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please contact your Regional Minister or Association.</w:t>
       </w:r>
       <w:r w:rsidRPr="0008024A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F74669C" w14:textId="77777777" w:rsidR="0023317E" w:rsidRDefault="0023317E" w:rsidP="00E16C38">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7F912E6F" w14:textId="77777777" w:rsidR="0023317E" w:rsidRDefault="0023317E" w:rsidP="0023317E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
@@ -11343,188 +12088,206 @@
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006F728E">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>BUGB operates as a charitable incorporated organisation (CIO) with registered Charity Number: 1181392</w:t>
+        <w:t xml:space="preserve">BUGB operates as a charitable incorporated </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006F728E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006F728E">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (CIO) with registered Charity Number: 1181392</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p w14:paraId="194BDEEA" w14:textId="77777777" w:rsidR="00C445A0" w:rsidRPr="00F23448" w:rsidRDefault="00C445A0" w:rsidP="007204FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C445A0" w:rsidRPr="00F23448" w:rsidSect="006C3CA1">
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="822" w:right="1298" w:bottom="822" w:left="1298" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3D0B7115" w14:textId="77777777" w:rsidR="00BF08B9" w:rsidRDefault="00BF08B9" w:rsidP="00321BA0">
+    <w:p w14:paraId="72C15B3F" w14:textId="77777777" w:rsidR="00E87004" w:rsidRDefault="00E87004" w:rsidP="00321BA0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00DA9621" w14:textId="77777777" w:rsidR="00BF08B9" w:rsidRDefault="00BF08B9" w:rsidP="00321BA0">
+    <w:p w14:paraId="0184B794" w14:textId="77777777" w:rsidR="00E87004" w:rsidRDefault="00E87004" w:rsidP="00321BA0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="05ED57B3" w14:textId="77777777" w:rsidR="00BF08B9" w:rsidRDefault="00BF08B9"/>
+    <w:p w14:paraId="59094D1C" w14:textId="77777777" w:rsidR="00E87004" w:rsidRDefault="00E87004"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma-Bold">
     <w:altName w:val="Tahoma"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="380377230"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="6549A79D" w14:textId="79B0B681" w:rsidR="00A0142D" w:rsidRPr="00EF0DD0" w:rsidRDefault="00A0142D">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
           <w:rPr>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00EF0DD0">
           <w:rPr>
@@ -11548,73 +12311,73 @@
           <w:rPr>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidRPr="00EF0DD0">
           <w:rPr>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="1757791F" w14:textId="77777777" w:rsidR="009D1BD6" w:rsidRDefault="009D1BD6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="51035439" w14:textId="77777777" w:rsidR="00BF08B9" w:rsidRDefault="00BF08B9" w:rsidP="00321BA0">
+    <w:p w14:paraId="13C71FA5" w14:textId="77777777" w:rsidR="00E87004" w:rsidRDefault="00E87004" w:rsidP="00321BA0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5D3D3F10" w14:textId="77777777" w:rsidR="00BF08B9" w:rsidRDefault="00BF08B9" w:rsidP="00321BA0">
+    <w:p w14:paraId="339322B6" w14:textId="77777777" w:rsidR="00E87004" w:rsidRDefault="00E87004" w:rsidP="00321BA0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="218927FF" w14:textId="77777777" w:rsidR="00BF08B9" w:rsidRDefault="00BF08B9"/>
+    <w:p w14:paraId="696EC424" w14:textId="77777777" w:rsidR="00E87004" w:rsidRDefault="00E87004"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FCF4A1C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12635,108 +13398,110 @@
   <w:num w:numId="5" w16cid:durableId="1471702482">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="220483388">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="512689035">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1613901501">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="811865863">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1337608388">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="771440288">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00897C71"/>
     <w:rsid w:val="000013B1"/>
     <w:rsid w:val="00011CB0"/>
     <w:rsid w:val="000126E2"/>
     <w:rsid w:val="00012956"/>
     <w:rsid w:val="000170AC"/>
     <w:rsid w:val="00023FF1"/>
     <w:rsid w:val="00024A89"/>
     <w:rsid w:val="000275DE"/>
     <w:rsid w:val="0003280D"/>
     <w:rsid w:val="0003653F"/>
     <w:rsid w:val="0003709E"/>
     <w:rsid w:val="000422D7"/>
     <w:rsid w:val="00042DC1"/>
     <w:rsid w:val="00043840"/>
     <w:rsid w:val="00045974"/>
     <w:rsid w:val="00047957"/>
     <w:rsid w:val="000515D3"/>
     <w:rsid w:val="000605BE"/>
     <w:rsid w:val="0007158D"/>
     <w:rsid w:val="00076542"/>
+    <w:rsid w:val="000800B7"/>
     <w:rsid w:val="0008024A"/>
     <w:rsid w:val="000854E5"/>
     <w:rsid w:val="00086203"/>
     <w:rsid w:val="00086FD0"/>
     <w:rsid w:val="00087E94"/>
     <w:rsid w:val="000A0628"/>
     <w:rsid w:val="000A3DED"/>
     <w:rsid w:val="000A4CDC"/>
     <w:rsid w:val="000A5083"/>
     <w:rsid w:val="000A65CD"/>
     <w:rsid w:val="000B440D"/>
     <w:rsid w:val="000B4AA9"/>
     <w:rsid w:val="000B6EB6"/>
     <w:rsid w:val="000C3A82"/>
     <w:rsid w:val="000D5AA9"/>
     <w:rsid w:val="000E1AC4"/>
     <w:rsid w:val="000E4CAE"/>
     <w:rsid w:val="000E58D8"/>
     <w:rsid w:val="000F692B"/>
     <w:rsid w:val="00100E9D"/>
     <w:rsid w:val="0010171F"/>
     <w:rsid w:val="00102946"/>
     <w:rsid w:val="00106CCC"/>
     <w:rsid w:val="00112812"/>
     <w:rsid w:val="001333D2"/>
@@ -12767,50 +13532,51 @@
     <w:rsid w:val="001F0C26"/>
     <w:rsid w:val="00200172"/>
     <w:rsid w:val="00203DC6"/>
     <w:rsid w:val="002051C3"/>
     <w:rsid w:val="0020528E"/>
     <w:rsid w:val="00217073"/>
     <w:rsid w:val="002279C2"/>
     <w:rsid w:val="002313C3"/>
     <w:rsid w:val="0023317E"/>
     <w:rsid w:val="0023319F"/>
     <w:rsid w:val="00241437"/>
     <w:rsid w:val="0024538B"/>
     <w:rsid w:val="00250CD0"/>
     <w:rsid w:val="002558CE"/>
     <w:rsid w:val="0026181E"/>
     <w:rsid w:val="00271A5B"/>
     <w:rsid w:val="00272745"/>
     <w:rsid w:val="00273BE5"/>
     <w:rsid w:val="00275311"/>
     <w:rsid w:val="00275B1E"/>
     <w:rsid w:val="00276088"/>
     <w:rsid w:val="00281D95"/>
     <w:rsid w:val="00282B99"/>
     <w:rsid w:val="002840CA"/>
     <w:rsid w:val="00291F47"/>
+    <w:rsid w:val="00297FC6"/>
     <w:rsid w:val="002A366F"/>
     <w:rsid w:val="002A674D"/>
     <w:rsid w:val="002B6E18"/>
     <w:rsid w:val="002B7BC1"/>
     <w:rsid w:val="002C09AC"/>
     <w:rsid w:val="002C2E06"/>
     <w:rsid w:val="002C75EE"/>
     <w:rsid w:val="002D4B5F"/>
     <w:rsid w:val="002D5BCC"/>
     <w:rsid w:val="002D5C3F"/>
     <w:rsid w:val="002D7768"/>
     <w:rsid w:val="002E1826"/>
     <w:rsid w:val="002E224D"/>
     <w:rsid w:val="002E2ADD"/>
     <w:rsid w:val="002E6618"/>
     <w:rsid w:val="002F2315"/>
     <w:rsid w:val="002F7667"/>
     <w:rsid w:val="0030478F"/>
     <w:rsid w:val="003072AE"/>
     <w:rsid w:val="003072B2"/>
     <w:rsid w:val="00307E52"/>
     <w:rsid w:val="00314055"/>
     <w:rsid w:val="003144DE"/>
     <w:rsid w:val="00314F16"/>
     <w:rsid w:val="00321524"/>
@@ -12915,143 +13681,148 @@
     <w:rsid w:val="00671BCA"/>
     <w:rsid w:val="00675A7A"/>
     <w:rsid w:val="00691325"/>
     <w:rsid w:val="006927DB"/>
     <w:rsid w:val="00693F70"/>
     <w:rsid w:val="006966CF"/>
     <w:rsid w:val="006B32A0"/>
     <w:rsid w:val="006B4F5E"/>
     <w:rsid w:val="006B5689"/>
     <w:rsid w:val="006B6A41"/>
     <w:rsid w:val="006B6F0F"/>
     <w:rsid w:val="006C3CA1"/>
     <w:rsid w:val="006C7553"/>
     <w:rsid w:val="006D1167"/>
     <w:rsid w:val="006D5146"/>
     <w:rsid w:val="006D6C22"/>
     <w:rsid w:val="006E228F"/>
     <w:rsid w:val="006F12EB"/>
     <w:rsid w:val="00701897"/>
     <w:rsid w:val="0070274C"/>
     <w:rsid w:val="007046EB"/>
     <w:rsid w:val="00706F12"/>
     <w:rsid w:val="00707498"/>
     <w:rsid w:val="007138F7"/>
     <w:rsid w:val="007149D5"/>
+    <w:rsid w:val="00715D41"/>
     <w:rsid w:val="007169A4"/>
     <w:rsid w:val="007204FE"/>
     <w:rsid w:val="007234DF"/>
     <w:rsid w:val="0072465D"/>
     <w:rsid w:val="007260D9"/>
     <w:rsid w:val="0072623A"/>
     <w:rsid w:val="00727933"/>
     <w:rsid w:val="007356B3"/>
     <w:rsid w:val="00754B29"/>
     <w:rsid w:val="0075605C"/>
     <w:rsid w:val="0076303D"/>
     <w:rsid w:val="00774E78"/>
     <w:rsid w:val="00785F5E"/>
     <w:rsid w:val="00791947"/>
     <w:rsid w:val="0079573C"/>
     <w:rsid w:val="007A036C"/>
     <w:rsid w:val="007B3F2D"/>
     <w:rsid w:val="007C6BE5"/>
     <w:rsid w:val="007D4F95"/>
     <w:rsid w:val="007D7E30"/>
     <w:rsid w:val="007E4FD0"/>
     <w:rsid w:val="007F31A2"/>
     <w:rsid w:val="008015C4"/>
     <w:rsid w:val="00802646"/>
     <w:rsid w:val="00802CAA"/>
     <w:rsid w:val="00811E58"/>
     <w:rsid w:val="00814EFD"/>
     <w:rsid w:val="00815B27"/>
     <w:rsid w:val="00816713"/>
     <w:rsid w:val="00820219"/>
     <w:rsid w:val="00825AC4"/>
     <w:rsid w:val="0082681B"/>
     <w:rsid w:val="00854540"/>
     <w:rsid w:val="00867B92"/>
     <w:rsid w:val="00873AEA"/>
     <w:rsid w:val="008761B9"/>
     <w:rsid w:val="008773BB"/>
     <w:rsid w:val="00881226"/>
     <w:rsid w:val="00884BC6"/>
     <w:rsid w:val="008865BC"/>
     <w:rsid w:val="00894DD0"/>
     <w:rsid w:val="00897C71"/>
     <w:rsid w:val="008A3205"/>
     <w:rsid w:val="008A3E72"/>
+    <w:rsid w:val="008A68E0"/>
     <w:rsid w:val="008A749A"/>
     <w:rsid w:val="008B007E"/>
     <w:rsid w:val="008B6FE7"/>
     <w:rsid w:val="008C09A3"/>
     <w:rsid w:val="008C0BE5"/>
     <w:rsid w:val="008C3024"/>
     <w:rsid w:val="008C393A"/>
     <w:rsid w:val="008C4E7C"/>
     <w:rsid w:val="008C5E54"/>
     <w:rsid w:val="008C5EF8"/>
     <w:rsid w:val="008C62B7"/>
     <w:rsid w:val="008D08D9"/>
     <w:rsid w:val="008D4129"/>
     <w:rsid w:val="008D7129"/>
     <w:rsid w:val="008E0C6A"/>
     <w:rsid w:val="008E4927"/>
     <w:rsid w:val="008F15A6"/>
     <w:rsid w:val="008F2112"/>
     <w:rsid w:val="008F364F"/>
     <w:rsid w:val="009047C1"/>
     <w:rsid w:val="00914641"/>
     <w:rsid w:val="009324BB"/>
     <w:rsid w:val="0094116B"/>
     <w:rsid w:val="00941DD1"/>
     <w:rsid w:val="009441BB"/>
     <w:rsid w:val="0094637B"/>
     <w:rsid w:val="00946484"/>
     <w:rsid w:val="009504FD"/>
     <w:rsid w:val="00960A4A"/>
     <w:rsid w:val="009615FB"/>
     <w:rsid w:val="009624AC"/>
     <w:rsid w:val="009629A7"/>
     <w:rsid w:val="00963C0F"/>
     <w:rsid w:val="00965B35"/>
     <w:rsid w:val="009666D8"/>
     <w:rsid w:val="00967A1C"/>
     <w:rsid w:val="00976D44"/>
     <w:rsid w:val="00984B7B"/>
+    <w:rsid w:val="009853EC"/>
     <w:rsid w:val="00997A7A"/>
     <w:rsid w:val="009A1B32"/>
     <w:rsid w:val="009A58EF"/>
     <w:rsid w:val="009C1D4C"/>
     <w:rsid w:val="009C3A10"/>
     <w:rsid w:val="009C6BCE"/>
     <w:rsid w:val="009D1BD6"/>
     <w:rsid w:val="009D5B33"/>
     <w:rsid w:val="009D6E5E"/>
     <w:rsid w:val="009E0D4C"/>
+    <w:rsid w:val="009E1336"/>
     <w:rsid w:val="009E4AF7"/>
+    <w:rsid w:val="009F7603"/>
     <w:rsid w:val="00A0142D"/>
     <w:rsid w:val="00A15059"/>
     <w:rsid w:val="00A16115"/>
     <w:rsid w:val="00A16FF5"/>
     <w:rsid w:val="00A25769"/>
     <w:rsid w:val="00A277F2"/>
     <w:rsid w:val="00A27B84"/>
     <w:rsid w:val="00A346CD"/>
     <w:rsid w:val="00A34FEC"/>
     <w:rsid w:val="00A37E3F"/>
     <w:rsid w:val="00A505D1"/>
     <w:rsid w:val="00A54D04"/>
     <w:rsid w:val="00A6449C"/>
     <w:rsid w:val="00A64BA2"/>
     <w:rsid w:val="00A7429B"/>
     <w:rsid w:val="00A81C0F"/>
     <w:rsid w:val="00A824F2"/>
     <w:rsid w:val="00A826D5"/>
     <w:rsid w:val="00A938BF"/>
     <w:rsid w:val="00A95A5A"/>
     <w:rsid w:val="00A96C2F"/>
     <w:rsid w:val="00AA208B"/>
     <w:rsid w:val="00AA5E52"/>
     <w:rsid w:val="00AB1B55"/>
     <w:rsid w:val="00AB26A1"/>
@@ -13072,89 +13843,91 @@
     <w:rsid w:val="00AF26E9"/>
     <w:rsid w:val="00AF2C41"/>
     <w:rsid w:val="00AF2FFC"/>
     <w:rsid w:val="00AF6BF2"/>
     <w:rsid w:val="00B00B00"/>
     <w:rsid w:val="00B00B05"/>
     <w:rsid w:val="00B021A4"/>
     <w:rsid w:val="00B0569C"/>
     <w:rsid w:val="00B11030"/>
     <w:rsid w:val="00B216BE"/>
     <w:rsid w:val="00B2251C"/>
     <w:rsid w:val="00B26F1A"/>
     <w:rsid w:val="00B346F9"/>
     <w:rsid w:val="00B40942"/>
     <w:rsid w:val="00B6047D"/>
     <w:rsid w:val="00B737D6"/>
     <w:rsid w:val="00B7438E"/>
     <w:rsid w:val="00B77A36"/>
     <w:rsid w:val="00B77CCA"/>
     <w:rsid w:val="00B84A09"/>
     <w:rsid w:val="00BA3FD8"/>
     <w:rsid w:val="00BB258B"/>
     <w:rsid w:val="00BC0942"/>
     <w:rsid w:val="00BC153E"/>
     <w:rsid w:val="00BC1980"/>
+    <w:rsid w:val="00BC19C9"/>
     <w:rsid w:val="00BC6A96"/>
     <w:rsid w:val="00BD0F9E"/>
     <w:rsid w:val="00BD278B"/>
     <w:rsid w:val="00BD2D18"/>
     <w:rsid w:val="00BD6589"/>
     <w:rsid w:val="00BD7FB9"/>
     <w:rsid w:val="00BF08B9"/>
     <w:rsid w:val="00BF1386"/>
     <w:rsid w:val="00BF19F3"/>
     <w:rsid w:val="00C01EBF"/>
     <w:rsid w:val="00C06DA7"/>
     <w:rsid w:val="00C2490D"/>
     <w:rsid w:val="00C34A9A"/>
     <w:rsid w:val="00C44404"/>
     <w:rsid w:val="00C445A0"/>
     <w:rsid w:val="00C44B8C"/>
     <w:rsid w:val="00C456CA"/>
     <w:rsid w:val="00C45A0A"/>
     <w:rsid w:val="00C577A1"/>
     <w:rsid w:val="00C6360C"/>
     <w:rsid w:val="00C668A4"/>
     <w:rsid w:val="00C76EB5"/>
     <w:rsid w:val="00C83643"/>
     <w:rsid w:val="00C96AF5"/>
     <w:rsid w:val="00C96F54"/>
     <w:rsid w:val="00CB2E3A"/>
     <w:rsid w:val="00CC3987"/>
     <w:rsid w:val="00CE1D27"/>
     <w:rsid w:val="00D04E9F"/>
     <w:rsid w:val="00D05D67"/>
     <w:rsid w:val="00D12081"/>
     <w:rsid w:val="00D1713F"/>
     <w:rsid w:val="00D20179"/>
     <w:rsid w:val="00D21C60"/>
     <w:rsid w:val="00D22482"/>
     <w:rsid w:val="00D25257"/>
     <w:rsid w:val="00D25B86"/>
     <w:rsid w:val="00D25DD0"/>
     <w:rsid w:val="00D3209F"/>
+    <w:rsid w:val="00D41DA3"/>
     <w:rsid w:val="00D45F89"/>
     <w:rsid w:val="00D5211E"/>
     <w:rsid w:val="00D6175D"/>
     <w:rsid w:val="00D64605"/>
     <w:rsid w:val="00D6671F"/>
     <w:rsid w:val="00D71E73"/>
     <w:rsid w:val="00D768CA"/>
     <w:rsid w:val="00D81E06"/>
     <w:rsid w:val="00D82248"/>
     <w:rsid w:val="00D94CF8"/>
     <w:rsid w:val="00D95B69"/>
     <w:rsid w:val="00DA2BF0"/>
     <w:rsid w:val="00DA7519"/>
     <w:rsid w:val="00DB6149"/>
     <w:rsid w:val="00DC12BD"/>
     <w:rsid w:val="00DC32A5"/>
     <w:rsid w:val="00DC6C7D"/>
     <w:rsid w:val="00DD3168"/>
     <w:rsid w:val="00DD54FA"/>
     <w:rsid w:val="00DD79B5"/>
     <w:rsid w:val="00DE4A5E"/>
     <w:rsid w:val="00DE566D"/>
     <w:rsid w:val="00DF0F21"/>
     <w:rsid w:val="00DF456F"/>
     <w:rsid w:val="00E102BF"/>
@@ -13167,50 +13940,51 @@
     <w:rsid w:val="00E21760"/>
     <w:rsid w:val="00E236E2"/>
     <w:rsid w:val="00E25FBC"/>
     <w:rsid w:val="00E265A1"/>
     <w:rsid w:val="00E44F78"/>
     <w:rsid w:val="00E452C8"/>
     <w:rsid w:val="00E46DD9"/>
     <w:rsid w:val="00E50388"/>
     <w:rsid w:val="00E50BA4"/>
     <w:rsid w:val="00E60122"/>
     <w:rsid w:val="00E61A3C"/>
     <w:rsid w:val="00E62139"/>
     <w:rsid w:val="00E647AF"/>
     <w:rsid w:val="00E65157"/>
     <w:rsid w:val="00E66A9E"/>
     <w:rsid w:val="00E66DA4"/>
     <w:rsid w:val="00E66ED5"/>
     <w:rsid w:val="00E73160"/>
     <w:rsid w:val="00E73845"/>
     <w:rsid w:val="00E74BE2"/>
     <w:rsid w:val="00E75F46"/>
     <w:rsid w:val="00E76369"/>
     <w:rsid w:val="00E764BD"/>
     <w:rsid w:val="00E76F53"/>
     <w:rsid w:val="00E8506E"/>
+    <w:rsid w:val="00E87004"/>
     <w:rsid w:val="00E91150"/>
     <w:rsid w:val="00E9697D"/>
     <w:rsid w:val="00E96E16"/>
     <w:rsid w:val="00E97042"/>
     <w:rsid w:val="00EA1E98"/>
     <w:rsid w:val="00EB075E"/>
     <w:rsid w:val="00EB2774"/>
     <w:rsid w:val="00EB36F6"/>
     <w:rsid w:val="00EB7ABD"/>
     <w:rsid w:val="00EC25E3"/>
     <w:rsid w:val="00ED094B"/>
     <w:rsid w:val="00ED1F31"/>
     <w:rsid w:val="00EF0159"/>
     <w:rsid w:val="00EF0A80"/>
     <w:rsid w:val="00EF0DD0"/>
     <w:rsid w:val="00F01338"/>
     <w:rsid w:val="00F04450"/>
     <w:rsid w:val="00F116C6"/>
     <w:rsid w:val="00F14713"/>
     <w:rsid w:val="00F16A49"/>
     <w:rsid w:val="00F16E33"/>
     <w:rsid w:val="00F17322"/>
     <w:rsid w:val="00F23448"/>
     <w:rsid w:val="00F2594F"/>
     <w:rsid w:val="00F31DCC"/>
@@ -13278,51 +14052,51 @@
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="47456DB2"/>
   <w14:defaultImageDpi w14:val="300"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5B868DE4-342E-43F4-8C05-F0FC3F793E43}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13989,51 +14763,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000B440D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mention">
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1252667598">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptistpensions.org.uk" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmrc.gov.uk" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/368823/Leaflet_X03_Taxation.aspx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/368823/Leaflet_X03_Taxation.aspx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.baptist.org.uk/ministriesresources" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.baptist.org.uk/Articles/368823/Leaflet_X03_Taxation.aspx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmrc.gov.uk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hmrc.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur02.safelinks.protection.outlook.com/?url=http%3A%2F%2Fwww.baptist.org.uk%2Fresources%2FL08&amp;data=04%7C01%7Cahughes%40baptist.org.uk%7Ce5152df78ad34f43eda308d9d9ac2f78%7Ca460c1e1ddb645a6a2b918582f5cccac%7C0%7C0%7C637780155812451122%7CUnknown%7CTWFpbGZsb3d8eyJWIjoiMC4wLjAwMDAiLCJQIjoiV2luMzIiLCJBTiI6Ik1haWwiLCJXVCI6Mn0%3D%7C3000&amp;sdata=cr6P5fJ3LiU%2BiNlUn2tKmtVs4YHeoCuzJwoB%2F7ZG6Ek%3D&amp;reserved=0" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.uk/maternity-allowance/overview" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -14325,61 +15099,74 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7949b5e0-2f76-42c9-9129-4af4186a3fe4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FCA849790BCDCE4F94588C7B7BB89C72" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="756796029e02f1d8f0e902bfac998255">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7949b5e0-2f76-42c9-9129-4af4186a3fe4" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3ee0c1ba794747acee49281c51fb9142" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FCA849790BCDCE4F94588C7B7BB89C72" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ea68a68dc7d004b1bbe5c58f790be247">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7949b5e0-2f76-42c9-9129-4af4186a3fe4" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9a38394616f9f95215ece17a5d8ef0df" ns2:_="" ns3:_="">
     <xsd:import namespace="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
     <xsd:import namespace="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -14588,141 +15375,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...13 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5423926A-5CB1-4662-AE84-7346F3B11A48}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D1C50A9-F33B-4AE5-9B37-3DC3F8ED1C3C}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4C5811C6-504C-4205-B9E0-06E78E9B18EC}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A18B5B6-2148-46A8-BE27-1AB94C3F9C16}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1B07770-569B-4DB4-94ED-F48A1FCDE3AB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1D1C50A9-F33B-4AE5-9B37-3DC3F8ED1C3C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5423926A-5CB1-4662-AE84-7346F3B11A48}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>5367</Words>
-  <Characters>30592</Characters>
+  <Words>5751</Words>
+  <Characters>30250</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>254</Lines>
+  <Lines>252</Lines>
   <Paragraphs>71</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>BUGB</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35888</CharactersWithSpaces>
+  <CharactersWithSpaces>35930</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>THE BAPTIST UNION OF GREAT BRITAIN</dc:title>
   <dc:subject/>
   <dc:creator>Robin Urwin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FCA849790BCDCE4F94588C7B7BB89C72</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_SourceUrl">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SharedFileIndex">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
-[...5 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_activity">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_activity">
     <vt:lpwstr>{"FileActivityType":"9","FileActivityTimeStamp":"2024-11-19T12:32:12.567Z","FileActivityUsersOnPage":[{"DisplayName":"Lee Johnson","Id":"ljohnson@baptist.org.uk"},{"DisplayName":"Tim Fergusson","Id":"tfergusson@baptist.org.uk"}],"FileActivityNavigationId":null}</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="TriggerFlowInfo">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>