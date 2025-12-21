--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -6,55 +6,55 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="58B8A099" w14:textId="21520142" w:rsidR="00783BFC" w:rsidRDefault="00A773FE" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
@@ -229,51 +229,51 @@
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma-Bold" w:hAnsi="Tahoma-Bold" w:cs="Tahoma-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma-Bold" w:hAnsi="Tahoma-Bold" w:cs="Tahoma-Bold"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69230025" wp14:editId="7B3743B3">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="69230025" wp14:editId="7B3743B3">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-62230</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>104775</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5867400" cy="513080"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Rectangle 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5867400" cy="513080"/>
                         </a:xfrm>
@@ -285,53 +285,53 @@
                         </a:solidFill>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
-[...1 lines deleted...]
-              <v:rect id="Rectangle 5" style="position:absolute;margin-left:-4.9pt;margin-top:8.25pt;width:462pt;height:40.4pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:spid="_x0000_s1026" fillcolor="#f2f2f2" strokeweight="2.25pt" w14:anchorId="42DBEE92" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCZVTUuJAIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v0zAQ/o7Ef7D8nSbpmrVETaepowhp&#10;wMTgB7iOk1j4jbPbtPz6nZ2udMAnRCJZPt/58XPP3S1vDlqRvQAvralpMckpEYbbRpqupt++bt4s&#10;KPGBmYYpa0RNj8LTm9XrV8vBVWJqe6saAQRBjK8GV9M+BFdlmee90MxPrBMGna0FzQKa0GUNsAHR&#10;tcqmeX6dDRYaB5YL7/H0bnTSVcJvW8HD57b1IhBVU+QW0gpp3cY1Wy1Z1QFzveQnGuwfWGgmDT56&#10;hrpjgZEdyD+gtORgvW3DhFud2baVXKQcMJsi/y2bx545kXJBcbw7y+T/Hyz/tH8AIpuaXlFimMYS&#10;fUHRmOmUIGWUZ3C+wqhH9wAxQe/uLf/uibHrHqPELYAdesEaJFXE+OzFhWh4vEq2w0fbIDrbBZuU&#10;OrSgIyBqQA6pIMdzQcQhEI6H5eJ6Psuxbhx9ZXGVL1LFMlY933bgw3thNYmbmgJyT+hsf+9DZMOq&#10;55DE3irZbKRSyYBuu1ZA9gybYzONf0oAk7wMU4YMNZ0uynmZoF84/SVGnr6/YWgZsM2V1DVdnINY&#10;FXV7Z5rUhIFJNe6RszInIaN2Yw22tjmijmDHHsaZw01v4SclA/ZvTf2PHQNBifpgsBZvi9ksNnwy&#10;ZuV8igZceraXHmY4QtU0UDJu12Eckp0D2fX4UpFyN/YW69fKJG2s7cjqRBZ7NCl+mqc4BJd2ivo1&#10;9asnAAAA//8DAFBLAwQUAAYACAAAACEAfV+ZAt4AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;QU/DMAyF70j8h8hI3LZ0HYy1NJ0QEiDQLhtIXN0mNBWNUyXZVvj1mBPc/Pys9z5Xm8kN4mhC7D0p&#10;WMwzEIZar3vqFLy9PszWIGJC0jh4Mgq+TIRNfX5WYan9iXbmuE+d4BCKJSqwKY2llLG1xmGc+9EQ&#10;ex8+OEwsQyd1wBOHu0HmWbaSDnviBoujubem/dwfnIKXuPx+xOftdo3hPcstFc3uKSl1eTHd3YJI&#10;Zkp/x/CLz+hQM1PjD6SjGBTMCiZPvF9dg2C/WFzlIBoebpYg60r+f6D+AQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAJlVNS4kAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAH1fmQLeAAAACAEAAA8AAAAAAAAAAAAAAAAAfgQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;"/>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect w14:anchorId="55F10CC9" id="Rectangle 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:-4.9pt;margin-top:8.25pt;width:462pt;height:40.4pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQATtMDrDgIAABcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7bTZONacVarbFNV&#10;2l6kbT+AYGyjYoYOJE769R1INptenqraEmIYOJw5c1jeHgbD9gq9BlvzYpJzpqyERtuu5l+/bF6V&#10;nPkgbCMMWFXzo/L8dvXyxXJ0lZpCD6ZRyAjE+mp0Ne9DcFWWedmrQfgJOGUp2QIOIlCIXdagGAl9&#10;MNk0z2+yEbBxCFJ5T6v3pyRfJfy2VTJ8aluvAjM1J24hjZjGbRyz1VJUHQrXa3mmIf6BxSC0pUsv&#10;UPciCLZD/QfUoCWChzZMJAwZtK2WKtVA1RT5b9U89sKpVAuJ491FJv//YOXH/aP7jJG6dw8gv3lm&#10;Yd0L26k7RBh7JRq6rohCZaPz1eVADDwdZdvxAzTUWrELkDQ4tDhEQKqOHZLUx4vU6hCYpMV5ebOY&#10;5dQRSbl58TovUy8yUT2ddujDOwUDi5OaI7UyoYv9gw+RjaietiT2YHSz0cakALvt2iDbC2r7Zhr/&#10;VAAVeb3NWDbWfFrOF/ME/UvSX2Pk6fsbxqADGdjooeblZZOoom5vbZPsFYQ2pzlxNvYsZNQu2tRX&#10;W2iOpCPCyZ30mmjSA/7gbCRn1tx/3wlUnJn3lnrxppjNopVTMJsvphTgdWZ7nRFWElTNA2en6Tqc&#10;7L9zqLuebipS7RbuqH+tTtI+szqTJfclxc8vJdr7Ok67nt/z6icAAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9X5kC3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjctnQdjLU0nRAS&#10;INAuG0hc3SY0FY1TJdlW+PWYE9z8/Kz3PlebyQ3iaELsPSlYzDMQhlqve+oUvL0+zNYgYkLSOHgy&#10;Cr5MhE19flZhqf2Jdua4T53gEIolKrApjaWUsbXGYZz70RB7Hz44TCxDJ3XAE4e7QeZZtpIOe+IG&#10;i6O5t6b93B+cgpe4/H7E5+12jeE9yy0Vze4pKXV5Md3dgkhmSn/H8IvP6FAzU+MPpKMYFMwKJk+8&#10;X12DYL9YXOUgGh5uliDrSv5/oP4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE7TA6w4C&#10;AAAXBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAfV+Z&#10;At4AAAAIAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" fillcolor="#f2f2f2" strokeweight="2.25pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="10C63B3E" w14:textId="77777777" w:rsidR="00783BFC" w:rsidRDefault="00783BFC" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00783BFC">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
@@ -475,51 +475,51 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685B2BB7" wp14:editId="017590F8">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685B2BB7" wp14:editId="017590F8">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4244340</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-76835</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1647825" cy="534670"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Picture 2" descr="BaptistsTogetherLogo_sm"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="BaptistsTogetherLogo_sm"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" cstate="print">
@@ -1340,50 +1340,51 @@
     </w:p>
     <w:p w14:paraId="75D4118B" w14:textId="081B4395" w:rsidR="00C076EF" w:rsidRDefault="006600EC" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="432" w:hanging="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">The appointment </w:t>
       </w:r>
       <w:r w:rsidR="00263764">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">of [name] </w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -1716,91 +1717,63 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4C36A97F" w14:textId="77777777" w:rsidR="00263764" w:rsidRDefault="00263764" w:rsidP="00263764">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC6A96">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the minister is a trainee </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">If the minister is a trainee Recognised Local Minister, once the period of training has been confirmed as complete by their Regional Association, a church members’ meeting may consider whether to reaffirm or </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">terminate </w:t>
+      </w:r>
       <w:r w:rsidRPr="00BC6A96">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>Recognised</w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> Local Minister fails to complete the training within three years of the start of their training.  </w:t>
+        <w:t xml:space="preserve">the appointment. The church members’ meeting may also consider the appointment if the trainee Recognised Local Minister fails to complete the training within three years of the start of their training.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7935FDFD" w14:textId="77777777" w:rsidR="00263764" w:rsidRDefault="00263764" w:rsidP="00263764">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2790A284" w14:textId="681142A1" w:rsidR="00263764" w:rsidRPr="00263764" w:rsidRDefault="00263764" w:rsidP="00263764">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -1818,65 +1791,51 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C445A0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>In the event of serious misconduct, a serious breach of duty by</w:t>
       </w:r>
       <w:r w:rsidRPr="001F0C26">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> the minister</w:t>
       </w:r>
       <w:r w:rsidRPr="21B68300">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">, the removal of the minister’s name from the Register of Nationally Accredited Ministers of the Baptist Union of Great </w:t>
       </w:r>
       <w:r w:rsidRPr="002D5BCC">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">Britain, or the removal or their </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Local Minister status by the Regional Association, </w:t>
+        <w:t xml:space="preserve">Britain, or the removal or their Recognised Local Minister status by the Regional Association, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E16C38">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">the church shall have the right to </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">terminate </w:t>
       </w:r>
       <w:r w:rsidRPr="00E16C38">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>the appointment without notice.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B2D5F3B" w14:textId="77777777" w:rsidR="006600EC" w:rsidRPr="00D61AE0" w:rsidRDefault="006600EC" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -2481,51 +2440,60 @@
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t>the payment of council tax, water and sewage charges and building insurance premiums; and</w:t>
+        <w:t xml:space="preserve">the payment of council tax, water and sewage charges and building insurance premiums; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>and</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6618D283" w14:textId="77777777" w:rsidR="00D61AE0" w:rsidRPr="00D61AE0" w:rsidRDefault="00D61AE0" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6150DC4F" w14:textId="70918AC0" w:rsidR="006600EC" w:rsidRDefault="006600EC" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
@@ -3514,119 +3482,63 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00067D45">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>When</w:t>
       </w:r>
       <w:r w:rsidR="00067D45" w:rsidRPr="17B0E841">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> a Newly Accredited Minister is appointed the church agree</w:t>
       </w:r>
       <w:r w:rsidR="00067D45">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00067D45" w:rsidRPr="17B0E841">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to the minister’s participation in the Baptist Union’s mandatory </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> to the minister’s participation in the Baptist Union’s mandatory programme for Newly Accredited </w:t>
+      </w:r>
+      <w:r w:rsidR="00067D45" w:rsidRPr="00087E94">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ministers. When a trainee Recognised Local Minister is appointed the church agrees to the minister’s participation in the RLM training programme as set by the minister’s college and Regional Association. The church will allow </w:t>
+      </w:r>
       <w:r w:rsidR="00067D45" w:rsidRPr="17B0E841">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>programme</w:t>
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> during normal working </w:t>
+        <w:t xml:space="preserve">time for study and participation in the programme during normal working </w:t>
       </w:r>
       <w:r w:rsidR="00067D45" w:rsidRPr="0094116B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>hours</w:t>
       </w:r>
       <w:r w:rsidR="00067D45">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> as far as is practical</w:t>
       </w:r>
       <w:r w:rsidR="00067D45" w:rsidRPr="0094116B">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00067D45" w:rsidRPr="17B0E841">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>and pay such expenses as determined from time to time.</w:t>
       </w:r>
@@ -3876,51 +3788,60 @@
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">In the event of any difference of opinion concerning the operation or understanding of these Terms of Appointment, the minister shall first consult with the church officers and then, if necessary, with the </w:t>
+        <w:t xml:space="preserve">In the event of any difference of opinion concerning the operation or understanding of these Terms of Appointment, the minister shall first consult with the church officers and then, if necessary, with </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="00093EA2">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Ministries Team Leader</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7684ED98" w14:textId="77777777" w:rsidR="006600EC" w:rsidRDefault="006600EC" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
@@ -4357,52 +4278,53 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="767FEEE3" wp14:editId="539F49B5">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="767FEEE3" wp14:editId="539F49B5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4396740</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>75565</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1647825" cy="534670"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="6" name="Picture 6" descr="BaptistsTogetherLogo_sm"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="BaptistsTogetherLogo_sm"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" cstate="print">
@@ -4744,65 +4666,51 @@
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:iCs/>
         </w:rPr>
         <w:t>Clause 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">These Terms of Appointment allow for the possibility of a minister who is a trainee </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Local Minister. If, however, you are appointing a person training for </w:t>
+        <w:t xml:space="preserve">These Terms of Appointment allow for the possibility of a minister who is a trainee Recognised Local Minister. If, however, you are appointing a person training for </w:t>
       </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>accredited</w:t>
       </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> Baptist ministry, known as a Minister-in-Training, you should ask their Baptist College who will provide you with appropriate terms of appointment.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1197566D" w14:textId="77777777" w:rsidR="00220C0A" w:rsidRDefault="00220C0A" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
@@ -4986,69 +4894,51 @@
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">For trainee </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> Local Ministers only,</w:t>
+        <w:t>For trainee Recognised Local Ministers only,</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> the church may choose to stipulate in this clause that they can </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>terminate</w:t>
       </w:r>
       <w:r w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> the minister’s appointment on three </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00FD63E7">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>months notice</w:t>
@@ -5227,112 +5117,84 @@
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009A0E76">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">For an Accredited Minister, Nationally </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Local Minister, an enhanced DBS check with barred list should be arranged via DDC, through the Regional Association. For unaccredited ministers, the church should arrange for an enhanced DBS check with barred list. We recommend the church uses DDC as their disclosure provider. If a minister is from overseas, the minister should show evidence, where it is practically possible, of the equivalent police checks from their home country. For accredited and recognized ministers, this will be managed by the BUGB Ministries Team. For unaccredited ministers, the church should ask the minister to provide evidence of these police checks. </w:t>
+        <w:t xml:space="preserve">For an Accredited Minister, Nationally Recognised Pastor or Recognised Local Minister, an enhanced DBS check with barred list should be arranged via DDC, through the Regional Association. For unaccredited ministers, the church should arrange for an enhanced DBS check with barred list. We recommend the church uses DDC as their disclosure provider. If a minister is from overseas, the minister should show evidence, where it is practically possible, of the equivalent police checks from their home country. For accredited and recognized ministers, this will be managed by the BUGB Ministries Team. For unaccredited ministers, the church should ask the minister to provide evidence of these police checks. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="052ECAF3" w14:textId="77777777" w:rsidR="00467622" w:rsidRDefault="00467622" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F2C8D76" w14:textId="6DAA1871" w:rsidR="00467622" w:rsidRPr="00184A24" w:rsidRDefault="00467622" w:rsidP="00502E41">
+    <w:p w14:paraId="6F2C8D76" w14:textId="449E0C83" w:rsidR="00467622" w:rsidRPr="00184A24" w:rsidRDefault="00467622" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:spacing w:line="264" w:lineRule="atLeast"/>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
@@ -5348,153 +5210,130 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>All accredited</w:t>
       </w:r>
       <w:r w:rsidR="00220C0A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">and recognised pastors </w:t>
+      </w:r>
+      <w:r w:rsidR="00220C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>recognised</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> ministers are required to undertake the safeguarding training required by the Ministerial Recognition Committee (MRC) to maintain their accreditation </w:t>
+      </w:r>
+      <w:r w:rsidR="00220C0A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> pastors </w:t>
+        <w:t xml:space="preserve"> recognition. </w:t>
+      </w:r>
+      <w:r w:rsidR="00220C0A" w:rsidRPr="0082681B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>The current training requirements are to undertake Excellence in Safeguarding Training through BUGB at level 2 and 3 every four years</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD0873">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in England and every three years in Wales</w:t>
+      </w:r>
+      <w:r w:rsidR="002A08F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00220C0A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>and</w:t>
+        <w:t xml:space="preserve">They must also undertake other mandatory training set by the MRC from time to time to retain their accreditation or recognition. </w:t>
       </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ministers are required to undertake the safeguarding training required by the Ministerial Recognition Committee (MRC) to maintain their accreditation </w:t>
+        <w:t xml:space="preserve">If you require a waiver to call a non-accredited minister the safeguarding training required by the MRC will be a condition of the waiver being granted. The safeguarding training clause should be included for all of the above. If your minister is not </w:t>
+      </w:r>
+      <w:r w:rsidR="00220C0A" w:rsidRPr="00D6671F">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">accredited or recognised and you do not need a waiver </w:t>
+      </w:r>
+      <w:r w:rsidR="00220C0A" w:rsidRPr="0082681B">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+        </w:rPr>
+        <w:t>we would strongly encourage you to retain this clause.</w:t>
       </w:r>
       <w:r w:rsidR="00220C0A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>or</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00220C0A" w:rsidRPr="00D6671F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve"> recognition. </w:t>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> ministers undertake their safeguarding training remains with the church trustees.</w:t>
+        <w:t>The responsibility to ensure that non-accredited and non-recognised ministers undertake their safeguarding training remains with the church trustees.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3BE91F" w14:textId="77777777" w:rsidR="00EE5449" w:rsidRDefault="00EE5449" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:i/>
           <w:iCs/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="646B0A79" w14:textId="27926AE2" w:rsidR="006600EC" w:rsidRPr="00D61AE0" w:rsidRDefault="006600EC" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
@@ -5992,65 +5831,51 @@
       <w:r w:rsidR="00C80CD3" w:rsidRPr="00C80CD3">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0089574B" w:rsidRPr="006B5689">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t>We would also encourage the church to be as generous as possible in financing CMD.</w:t>
       </w:r>
       <w:r w:rsidR="00221CDF">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00221CDF" w:rsidRPr="003539E2">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">If the minister is a trainee </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Local Minister, it may also be appropriate to offer the trainee minister a book grant. </w:t>
+        <w:t xml:space="preserve">If the minister is a trainee Recognised Local Minister, it may also be appropriate to offer the trainee minister a book grant. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C9A6D6" w14:textId="77777777" w:rsidR="00C80CD3" w:rsidRPr="00D61AE0" w:rsidRDefault="00C80CD3" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B37ACD3" w14:textId="150061F5" w:rsidR="006600EC" w:rsidRDefault="006600EC" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
@@ -6548,51 +6373,60 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0067286A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Since 6 April 2017 the tax treatment of reimbursed heating and lighting expenses has changed and, instead of dealing with these as a form P11D item, the amount reimbursed in excess of the cost attributable to “church-business” use should be treated as additional pay for income tax purposes but not (because of the fore-mentioned exemption) for NICs. The “church-business” element needs to be mutually assessed and agreed by church and minister.  </w:t>
+        <w:t xml:space="preserve">Since 6 April 2017 the tax treatment of reimbursed heating and lighting expenses has changed and, instead of dealing with these as a form P11D item, the amount reimbursed in excess of the cost attributable to “church-business” use should be treated as additional </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067286A">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">pay for income tax purposes but not (because of the fore-mentioned exemption) for NICs. The “church-business” element needs to be mutually assessed and agreed by church and minister.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DDDFC80" w14:textId="77777777" w:rsidR="0062658F" w:rsidRPr="0067286A" w:rsidRDefault="0062658F" w:rsidP="0062658F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="782CBB00" w14:textId="77777777" w:rsidR="0062658F" w:rsidRPr="0067286A" w:rsidRDefault="0062658F" w:rsidP="0062658F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
@@ -7424,51 +7258,60 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r w:rsidR="00E6561C">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> manse expenses) and pension contributions.  For periods of sickness of four days or over the church may be able to recover a percentage of any statutory sick pay made, subj</w:t>
+        <w:t xml:space="preserve"> manse expenses) and pension contributions.  For periods of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D61AE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>sickness of four days or over the church may be able to recover a percentage of any statutory sick pay made, subj</w:t>
       </w:r>
       <w:r w:rsidR="002835E0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">ect to the conditions set out at </w:t>
       </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
         <w:r w:rsidR="002835E0" w:rsidRPr="00306017">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
             <w:color w:val="auto"/>
             <w:szCs w:val="20"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>www.hmrc.gov.uk</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002835E0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
@@ -7782,112 +7625,70 @@
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00174742">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Clause 11</w:t>
       </w:r>
       <w:r w:rsidRPr="00D61AE0">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008F565A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Regional Minister will supply details of the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>The Regional Minister will supply details of the programme for Newly Accredited Ministers to every church appointing a Newly Accredited Minister</w:t>
+      </w:r>
+      <w:r w:rsidR="008F565A" w:rsidRPr="00E16C38">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+          <w:color w:val="00B050"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="008F565A">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t>programme</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">before Terms of </w:t>
       </w:r>
       <w:r w:rsidR="008F565A" w:rsidRPr="004D0EF3">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
-        <w:t xml:space="preserve">Appointment are agreed, requesting the church to support the Minister’s engagement in the </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> requires the minister to meet with a mentor; to attend certain Regional Association events; to agree and complete a learning contract with a Baptist college for a course of ongoing study; and to be subject to review by the Regional Association’s Ministerial Recognition Committee. </w:t>
+        <w:t xml:space="preserve">Appointment are agreed, requesting the church to support the Minister’s engagement in the programme. The programme requires the minister to meet with a mentor; to attend certain Regional Association events; to agree and complete a learning contract with a Baptist college for a course of ongoing study; and to be subject to review by the Regional Association’s Ministerial Recognition Committee. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57AE84D4" w14:textId="77777777" w:rsidR="008F565A" w:rsidRPr="004D0EF3" w:rsidRDefault="008F565A" w:rsidP="008F565A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -7914,79 +7715,51 @@
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D0EF3">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004D0EF3">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The Regional Minister will supply a copy of the Introduction to </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Local Minister before Terms of Appointment are agreed, requesting the church to support the Minister’s engagement in the training. Training typically involves a course of theological education; participation in a spiritual formation group; and accompaniment by a mentor.</w:t>
+        <w:t>The Regional Minister will supply a copy of the Introduction to Recognised Local Ministry to every church appointing a trainee Recognised Local Minister before Terms of Appointment are agreed, requesting the church to support the Minister’s engagement in the training. Training typically involves a course of theological education; participation in a spiritual formation group; and accompaniment by a mentor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47BAB16D" w14:textId="77777777" w:rsidR="008F565A" w:rsidRPr="004D0EF3" w:rsidRDefault="008F565A" w:rsidP="008F565A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="522"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
@@ -8019,79 +7792,51 @@
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9360"/>
           <w:tab w:val="left" w:pos="10080"/>
           <w:tab w:val="left" w:pos="10800"/>
           <w:tab w:val="left" w:pos="11520"/>
         </w:tabs>
         <w:ind w:left="1152" w:hanging="1152"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004D0EF3">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="004D0EF3">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">The </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> Local Ministry are also available on the Baptists Together website, </w:t>
+        <w:t xml:space="preserve">The programme for Newly Accredited Ministers and the Introduction to Recognised Local Ministry are also available on the Baptists Together website, </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
         <w:r w:rsidRPr="004D0EF3">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           </w:rPr>
           <w:t>www.baptist.org.uk/ministriesresources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="004D0EF3">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51593713" w14:textId="7E558D78" w:rsidR="006600EC" w:rsidRPr="00D61AE0" w:rsidRDefault="006600EC" w:rsidP="00502E41">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
           <w:tab w:val="left" w:pos="-720"/>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1152"/>
@@ -8466,52 +8211,53 @@
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="432"/>
           <w:tab w:val="left" w:pos="1152"/>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F8DFE45" wp14:editId="1F618BB1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3F8DFE45" wp14:editId="1F618BB1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4220837</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-148541</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1647825" cy="534670"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="4" name="Picture 4" descr="BaptistsTogetherLogo_sm"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="BaptistsTogetherLogo_sm"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14" cstate="print">
@@ -10624,50 +10370,51 @@
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C9B1745" w14:textId="10A2C4A1" w:rsidR="009E144F" w:rsidRPr="009E144F" w:rsidRDefault="007F3C4A" w:rsidP="00502E41">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Shared parental pay is available for a total of 37 weeks</w:t>
       </w:r>
       <w:r w:rsidR="00180370">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, and will be paid at either the statutory rate or at the enhanced rate available for female ministers during the first 26 weeks of their maternity leave</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009E144F" w:rsidRPr="009E144F">
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">The minister should continue to be paid stipend during the period of leave and the church will be entitled to recover statutory parental pay as detailed at </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
@@ -11271,70 +11018,70 @@
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C82D38" w:rsidRPr="00D61AE0" w:rsidSect="00955CCD">
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11905" w:h="16837"/>
       <w:pgMar w:top="867" w:right="1440" w:bottom="825" w:left="1298" w:header="867" w:footer="825" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="034445AF" w14:textId="77777777" w:rsidR="00200F19" w:rsidRDefault="00200F19" w:rsidP="00A546C1">
+    <w:p w14:paraId="2B54F3C2" w14:textId="77777777" w:rsidR="000C617D" w:rsidRDefault="000C617D" w:rsidP="00A546C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2FA1A4C8" w14:textId="77777777" w:rsidR="00200F19" w:rsidRDefault="00200F19" w:rsidP="00A546C1">
+    <w:p w14:paraId="3BEB824E" w14:textId="77777777" w:rsidR="000C617D" w:rsidRDefault="000C617D" w:rsidP="00A546C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -11353,200 +11100,200 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma-Bold">
     <w:altName w:val="Tahoma"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="49794DF9" w14:textId="77777777" w:rsidR="00286DC1" w:rsidRPr="00C070C0" w:rsidRDefault="00286DC1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C070C0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00C070C0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00C070C0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0069720D">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r w:rsidRPr="00C070C0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="4DB12EFC" w14:textId="77777777" w:rsidR="00286DC1" w:rsidRDefault="00286DC1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6ACD941A" w14:textId="77777777" w:rsidR="00286DC1" w:rsidRPr="00C070C0" w:rsidRDefault="00286DC1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C070C0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00C070C0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00C070C0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="0069720D">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
         <w:noProof/>
       </w:rPr>
       <w:t>11</w:t>
     </w:r>
     <w:r w:rsidRPr="00C070C0">
       <w:rPr>
         <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="6BB78694" w14:textId="77777777" w:rsidR="00286DC1" w:rsidRDefault="00286DC1">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73ED9322" w14:textId="77777777" w:rsidR="00200F19" w:rsidRDefault="00200F19" w:rsidP="00A546C1">
+    <w:p w14:paraId="45E82CA2" w14:textId="77777777" w:rsidR="000C617D" w:rsidRDefault="000C617D" w:rsidP="00A546C1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="340A2DBC" w14:textId="77777777" w:rsidR="00200F19" w:rsidRDefault="00200F19" w:rsidP="00A546C1">
+    <w:p w14:paraId="1B19193E" w14:textId="77777777" w:rsidR="000C617D" w:rsidRDefault="000C617D" w:rsidP="00A546C1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="280D254E" w14:textId="77777777" w:rsidR="00F17C47" w:rsidRDefault="00F17C47">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF1D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6FAA6392"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12196,147 +11943,152 @@
   <w:num w:numId="1" w16cid:durableId="991176886">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1373652583">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1853251940">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2134054236">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="488791996">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1337608388">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="809395484">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
-  <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:suppressBottomSpacing/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006600EC"/>
     <w:rsid w:val="0001609E"/>
     <w:rsid w:val="00045B83"/>
     <w:rsid w:val="0004616C"/>
     <w:rsid w:val="00053A2A"/>
     <w:rsid w:val="00067D45"/>
+    <w:rsid w:val="000800B7"/>
     <w:rsid w:val="00084DD3"/>
     <w:rsid w:val="00086ABB"/>
     <w:rsid w:val="000907DF"/>
     <w:rsid w:val="00093EA2"/>
     <w:rsid w:val="000B7651"/>
     <w:rsid w:val="000B7B56"/>
+    <w:rsid w:val="000C617D"/>
     <w:rsid w:val="000E4760"/>
     <w:rsid w:val="000E7950"/>
     <w:rsid w:val="000F2641"/>
     <w:rsid w:val="00101B56"/>
     <w:rsid w:val="001113B8"/>
     <w:rsid w:val="001328F2"/>
     <w:rsid w:val="001540F0"/>
     <w:rsid w:val="00174742"/>
     <w:rsid w:val="00175CE4"/>
     <w:rsid w:val="001764DF"/>
     <w:rsid w:val="00180370"/>
     <w:rsid w:val="00184A24"/>
     <w:rsid w:val="00197F61"/>
     <w:rsid w:val="001A3513"/>
     <w:rsid w:val="001B0692"/>
     <w:rsid w:val="001B606D"/>
     <w:rsid w:val="001C05C9"/>
     <w:rsid w:val="001C7933"/>
     <w:rsid w:val="001D4504"/>
     <w:rsid w:val="001E5816"/>
     <w:rsid w:val="00200F19"/>
     <w:rsid w:val="002066BC"/>
     <w:rsid w:val="00220C0A"/>
     <w:rsid w:val="00221CDF"/>
     <w:rsid w:val="00222929"/>
     <w:rsid w:val="00225210"/>
+    <w:rsid w:val="00225FBB"/>
     <w:rsid w:val="0022609C"/>
     <w:rsid w:val="002274B9"/>
     <w:rsid w:val="00232FA8"/>
     <w:rsid w:val="002373BC"/>
     <w:rsid w:val="00245636"/>
     <w:rsid w:val="00250F5B"/>
     <w:rsid w:val="00263764"/>
     <w:rsid w:val="00273477"/>
     <w:rsid w:val="00274D32"/>
+    <w:rsid w:val="00275CC1"/>
     <w:rsid w:val="002835E0"/>
     <w:rsid w:val="00286DC1"/>
     <w:rsid w:val="002915AD"/>
+    <w:rsid w:val="002A08F6"/>
     <w:rsid w:val="002C2093"/>
     <w:rsid w:val="002C2E06"/>
     <w:rsid w:val="002C6DC0"/>
     <w:rsid w:val="002E45D7"/>
     <w:rsid w:val="0030281C"/>
     <w:rsid w:val="00306017"/>
     <w:rsid w:val="00311B41"/>
     <w:rsid w:val="0031278B"/>
     <w:rsid w:val="00312D62"/>
     <w:rsid w:val="003130AA"/>
     <w:rsid w:val="0031604E"/>
     <w:rsid w:val="00316F51"/>
+    <w:rsid w:val="00321C32"/>
     <w:rsid w:val="00325419"/>
     <w:rsid w:val="00325CC8"/>
     <w:rsid w:val="00335560"/>
     <w:rsid w:val="00350AFF"/>
     <w:rsid w:val="00374A99"/>
     <w:rsid w:val="00374AC6"/>
     <w:rsid w:val="00381376"/>
     <w:rsid w:val="00385AFC"/>
     <w:rsid w:val="00390717"/>
     <w:rsid w:val="00391C65"/>
     <w:rsid w:val="003D1CFF"/>
     <w:rsid w:val="003E07FB"/>
     <w:rsid w:val="003E4B05"/>
     <w:rsid w:val="003E739D"/>
     <w:rsid w:val="003F1771"/>
     <w:rsid w:val="004039DD"/>
     <w:rsid w:val="00410555"/>
     <w:rsid w:val="00412001"/>
     <w:rsid w:val="00412A71"/>
     <w:rsid w:val="00436F9F"/>
     <w:rsid w:val="00442D3B"/>
     <w:rsid w:val="00455AC6"/>
     <w:rsid w:val="004642C1"/>
     <w:rsid w:val="00467622"/>
     <w:rsid w:val="004821BF"/>
@@ -12354,66 +12106,69 @@
     <w:rsid w:val="00536F49"/>
     <w:rsid w:val="00545D3A"/>
     <w:rsid w:val="0055328F"/>
     <w:rsid w:val="0056249C"/>
     <w:rsid w:val="005B1516"/>
     <w:rsid w:val="005B5995"/>
     <w:rsid w:val="005C65CB"/>
     <w:rsid w:val="005D0C7D"/>
     <w:rsid w:val="005D66C2"/>
     <w:rsid w:val="005E5AD1"/>
     <w:rsid w:val="005E6A02"/>
     <w:rsid w:val="005F7F43"/>
     <w:rsid w:val="00621321"/>
     <w:rsid w:val="006219AC"/>
     <w:rsid w:val="0062658F"/>
     <w:rsid w:val="00635F66"/>
     <w:rsid w:val="00641A14"/>
     <w:rsid w:val="006600EC"/>
     <w:rsid w:val="0067286A"/>
     <w:rsid w:val="00676612"/>
     <w:rsid w:val="0068767A"/>
     <w:rsid w:val="0069720D"/>
     <w:rsid w:val="006A2F1A"/>
     <w:rsid w:val="006A435B"/>
     <w:rsid w:val="006A666E"/>
+    <w:rsid w:val="006B4183"/>
     <w:rsid w:val="006D265D"/>
     <w:rsid w:val="006D4F77"/>
     <w:rsid w:val="006F01C2"/>
     <w:rsid w:val="006F09E4"/>
     <w:rsid w:val="006F0C7B"/>
+    <w:rsid w:val="006F7F2B"/>
     <w:rsid w:val="00702CE1"/>
     <w:rsid w:val="00703C2B"/>
     <w:rsid w:val="00721A52"/>
     <w:rsid w:val="00727F04"/>
     <w:rsid w:val="00741E1C"/>
     <w:rsid w:val="0076327E"/>
     <w:rsid w:val="007700E2"/>
     <w:rsid w:val="00770A17"/>
     <w:rsid w:val="007746D9"/>
     <w:rsid w:val="007834DD"/>
     <w:rsid w:val="00783BFC"/>
+    <w:rsid w:val="00794F3E"/>
     <w:rsid w:val="007A32E2"/>
     <w:rsid w:val="007A4FE0"/>
     <w:rsid w:val="007A7AEC"/>
     <w:rsid w:val="007E61FC"/>
     <w:rsid w:val="007F3C4A"/>
     <w:rsid w:val="00802369"/>
     <w:rsid w:val="00802930"/>
     <w:rsid w:val="0080539C"/>
     <w:rsid w:val="00811E58"/>
     <w:rsid w:val="008159BD"/>
     <w:rsid w:val="00850ABB"/>
     <w:rsid w:val="008558E2"/>
     <w:rsid w:val="008624FC"/>
     <w:rsid w:val="00863A53"/>
     <w:rsid w:val="008658B0"/>
     <w:rsid w:val="0087137D"/>
     <w:rsid w:val="00874173"/>
     <w:rsid w:val="0088032C"/>
     <w:rsid w:val="0089574B"/>
     <w:rsid w:val="008A17B8"/>
     <w:rsid w:val="008A4C30"/>
     <w:rsid w:val="008B7743"/>
     <w:rsid w:val="008C6601"/>
     <w:rsid w:val="008E1E67"/>
     <w:rsid w:val="008E2C91"/>
@@ -12444,76 +12199,78 @@
     <w:rsid w:val="00A423CB"/>
     <w:rsid w:val="00A546C1"/>
     <w:rsid w:val="00A65DF6"/>
     <w:rsid w:val="00A773FE"/>
     <w:rsid w:val="00A77718"/>
     <w:rsid w:val="00A819D2"/>
     <w:rsid w:val="00A851A0"/>
     <w:rsid w:val="00A87645"/>
     <w:rsid w:val="00A93699"/>
     <w:rsid w:val="00A9762D"/>
     <w:rsid w:val="00AB3C7B"/>
     <w:rsid w:val="00AC7F8F"/>
     <w:rsid w:val="00AE370F"/>
     <w:rsid w:val="00AF3259"/>
     <w:rsid w:val="00B1185F"/>
     <w:rsid w:val="00B11F37"/>
     <w:rsid w:val="00B13A23"/>
     <w:rsid w:val="00B14CB5"/>
     <w:rsid w:val="00B23831"/>
     <w:rsid w:val="00B309A9"/>
     <w:rsid w:val="00B35CCB"/>
     <w:rsid w:val="00B4062A"/>
     <w:rsid w:val="00B4557E"/>
     <w:rsid w:val="00B53944"/>
     <w:rsid w:val="00B5547C"/>
+    <w:rsid w:val="00B56CEF"/>
     <w:rsid w:val="00B6122C"/>
     <w:rsid w:val="00B7295F"/>
     <w:rsid w:val="00BA79D1"/>
     <w:rsid w:val="00BB539E"/>
     <w:rsid w:val="00BB621F"/>
     <w:rsid w:val="00BC0FE5"/>
     <w:rsid w:val="00BE22EB"/>
     <w:rsid w:val="00BF3BAF"/>
     <w:rsid w:val="00C070C0"/>
     <w:rsid w:val="00C076EF"/>
     <w:rsid w:val="00C11E19"/>
     <w:rsid w:val="00C129F3"/>
     <w:rsid w:val="00C32F07"/>
     <w:rsid w:val="00C41D56"/>
     <w:rsid w:val="00C44933"/>
     <w:rsid w:val="00C523E0"/>
     <w:rsid w:val="00C562B1"/>
     <w:rsid w:val="00C674A7"/>
     <w:rsid w:val="00C74C12"/>
     <w:rsid w:val="00C80CD3"/>
     <w:rsid w:val="00C82D38"/>
     <w:rsid w:val="00C92F4B"/>
     <w:rsid w:val="00CC07EC"/>
     <w:rsid w:val="00CC4017"/>
     <w:rsid w:val="00CC62F3"/>
     <w:rsid w:val="00CC7931"/>
+    <w:rsid w:val="00CD0873"/>
     <w:rsid w:val="00CE1F99"/>
     <w:rsid w:val="00CE5E6B"/>
     <w:rsid w:val="00CE723D"/>
     <w:rsid w:val="00CE7773"/>
     <w:rsid w:val="00CE77D8"/>
     <w:rsid w:val="00CF0C14"/>
     <w:rsid w:val="00D05C44"/>
     <w:rsid w:val="00D22939"/>
     <w:rsid w:val="00D25296"/>
     <w:rsid w:val="00D2778D"/>
     <w:rsid w:val="00D3358F"/>
     <w:rsid w:val="00D37772"/>
     <w:rsid w:val="00D53097"/>
     <w:rsid w:val="00D61AE0"/>
     <w:rsid w:val="00D62083"/>
     <w:rsid w:val="00D644D5"/>
     <w:rsid w:val="00D71B94"/>
     <w:rsid w:val="00D725D2"/>
     <w:rsid w:val="00D80DEE"/>
     <w:rsid w:val="00D821F1"/>
     <w:rsid w:val="00D869F8"/>
     <w:rsid w:val="00DB313A"/>
     <w:rsid w:val="00DC6273"/>
     <w:rsid w:val="00DD411E"/>
     <w:rsid w:val="00DD5E0B"/>
@@ -12562,51 +12319,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="42371FB5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{45D2AA19-5D52-4554-A7C4-CE9F7D8C2050}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13281,51 +13038,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00381376"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="72"/>
     <w:qFormat/>
     <w:rsid w:val="006D4F77"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="13505213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="575167478">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13643,61 +13400,79 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7949b5e0-2f76-42c9-9129-4af4186a3fe4">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="bd2f9774-fea6-4991-a844-4915b7a2177b">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7949b5e0-2f76-42c9-9129-4af4186a3fe4" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3ee0c1ba794747acee49281c51fb9142" ns2:_="" ns3:_="">
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FCA849790BCDCE4F94588C7B7BB89C72" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ea68a68dc7d004b1bbe5c58f790be247">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7949b5e0-2f76-42c9-9129-4af4186a3fe4" xmlns:ns3="bd2f9774-fea6-4991-a844-4915b7a2177b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9a38394616f9f95215ece17a5d8ef0df" ns2:_="" ns3:_="">
     <xsd:import namespace="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
     <xsd:import namespace="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -13906,153 +13681,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04F6C678-5279-4D1B-AA8E-307BA40AC12C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B9893E9-01DF-4944-A927-B3AC89FAE38F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04F6C678-5279-4D1B-AA8E-307BA40AC12C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2DE952C2-1F42-4304-914A-7BE359950754}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="bd2f9774-fea6-4991-a844-4915b7a2177b"/>
-    <ds:schemaRef ds:uri="7949b5e0-2f76-42c9-9129-4af4186a3fe4"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5315296-3F18-4C61-A024-CE13FE4AE0DB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>5201</Words>
-  <Characters>29650</Characters>
+  <Words>5525</Words>
+  <Characters>29368</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>247</Lines>
+  <Lines>244</Lines>
   <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>THE BAPTIST UNION OF GREAT BRITAIN</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Baptist Union of Great Britain</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>34782</CharactersWithSpaces>
+  <CharactersWithSpaces>34824</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>THE BAPTIST UNION OF GREAT BRITAIN</dc:title>
   <dc:subject/>
   <dc:creator>Margaret Lovegrove</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FCA849790BCDCE4F94588C7B7BB89C72</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_SourceUrl">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_SharedFileIndex">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
-[...5 lines deleted...]
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="TriggerFlowInfo">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>